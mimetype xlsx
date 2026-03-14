--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,8405 +54,8405 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÕES</t>
   </si>
   <si>
     <t>BENEDITO AURÉLIO</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no_001-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no_001-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, para que seja colocado no cronograma de obras do Governo Estadual e Municipal, exercício de 2024, a construção de uma ponte de concreto/ou aço na estrada que dá acesso a Comunidade Modelo, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no_002-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no_002-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros próprios, ou através do Governo do Estado ou via emenda parlamentar, destinado para a Prefeitura Municipal de Poconé, fazer serviço de asfalto, sarjeta e meio fio na Rua João Felix da Silva, “João Tora” localizada no Bairro Cruz Preta, cidade de Poconé - MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no_003-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no_003-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros junto ao Governo do Estado, via emenda parlamentar ou recursos próprios destinados para a Prefeitura Municipal de Poconé, para serviço de asfalto, sarjeta e meio fio na Rua Frederico Ozanan, proximidade do Lar dos Idosos São Vicente de Paulo, localizada no Bairro Cruz Preta, cidade de Poconé - MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no_004-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no_004-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para reforma e adequação do mini- estádio Juvenal Benedito da Costa (Campo do Ensaio), localizado no bairro Cruz Preta, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2755/indicacao_no_005-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2755/indicacao_no_005-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para celeridade nas montagens e entregas das academias ao ar livre aos moradores, vez que estas já se encontram disponíveis e suas instalações foram anunciados pelo poder público por ocasião do aniversário da cidade e até a presente data não observamos qualquer movimentação no que se refere as suas instalações._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2756/indicacao_no_006-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2756/indicacao_no_006-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos nas vias públicas localizadas no Residencial Portal do Pantanal, cidade de Poconé - MT._x000D_
 _x000D_
 A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar a trafegabilidade nas vias públicas, vez que as mesmas encontram tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2757/indicacao_no_007-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2757/indicacao_no_007-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos nas vias públicas localizadas no Residencial São João, cidade de Poconé - MT._x000D_
 _x000D_
 A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar a trafegabilidade nas vias públicas, vez que as mesmas encontram tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no_008-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no_008-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos, tomadas de providências necessárias para dar celeridade no Projeto que trata de revitalização e melhorias na represa municipal, ”João Ponce”–Tanque da Rua, bairro Areão, cidade de Poconé–MT._x000D_
 Considerando o tempo que foi noticiado pelo Poder Público Municipal o projeto de revitalização da represa municipal já houve tempo suficiente para que obra fosse iniciada/concluída._x000D_
 Face o silêncio do Poder Executivo e as cobranças recebidas de munícipes e a importancia desta obra para a população é que dirigimos esta solicitação a fim de que as pendências sejam solucionadas junto aos orgãos competentes para que a revitalização e melhorias aconteçam no exercicio de 2024._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 Benedito Aurélio,</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Amarildo</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao__no_001_-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao__no_001_-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção como patrolamento, cascalhamento e limpeza pública no Distrito 120 (Vila 120), município de Poconé – MT._x000D_
 _x000D_
 Estive no Distrito e pude ver de perto as condições em que se encontra o local no que se refere a estas melhorias. É necessário a inclusão destes serviços no cronograma de obras da SINFRA para serem feitos de preferência antes de tornar-se mais forte o período da chuva que geralmente ocorrem no mês de fevereiro no município._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 22 de janeiro de 2024._x000D_
 _x000D_
 Amarildo Schmieleski, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao__no_002_-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao__no_002_-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviço de coleta de lixo individualizada em cada residência, escola, posto de gasolina, posto de saúde, situadas no Distrito de 120 (Vila 120), município de Poconé – MT, caso não seja possível realizar a coleta de lixo individualizada que o Poder Público/SINFRA viabilize o sistema de contentor com caçamba em pontos estratégicos para o lixo não ficar em locais inadequados._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 22 de janeiro de 2024._x000D_
 _x000D_
 _x000D_
 Amarildo Schimieleski, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacao__no_003_-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacao__no_003_-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, a necessidade de se tomar medidas que objetivem com as substituições de pontes de madeiras por aduelas nas estradas que dão acesso as seguintes localidades:_x000D_
 _x000D_
 Ponte 01: Bom Jesus e Rodeio; Ponte 02: Piuval;_x000D_
 Ponte 03: Varzearia;_x000D_
 Ponte 04: Periquito_x000D_
 Ponte 05: Japão – (Estrada Velha de Cáceres); Ponte 06: Formiga- (Estrada Velha de Cáceres); Ponte 07: São Benedito/Favo de Mel;_x000D_
 Ponte 08: Fazenda Paraná;_x000D_
 Ponte 09: Campina de Pedra - (Estrada Velha de Cáceres)._x000D_
 _x000D_
 Amarildo Schimieleski, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcinho</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacao_no_001-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacao_no_001-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, a necessidade de buscar entendimentos, estudo e tomadas de providências visando à elaboração de projeto de lei dispondo sobre reajuste de salários dos Agentes Comunitários de Saúde, (ACS) e Agente de Combate as Endemias (ACE), município de Poconé - MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 18 de janeiro de 2024._x000D_
 _x000D_
 _x000D_
 Márcio Fernandes, MDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacao_no_002-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacao_no_002-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido de notificar a empresa EMPA Engenharia, para viabilizar serviços de tapa buracos, revestimentos asfálticos em pontos da Estrada Parque Prof.ª Francisca Figueiredo Martins, município de Poconé – MT._x000D_
 Levar esse serviço na estrada parque faz necessário principalmente nos 5km para chegar na localidade de Porto Cercado, há muitos buracos de grande proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via em perfeito estado de trafegabilidade, faz necessário a realização desses serviços, pela qual esperamos contar com tomadas de providências por parte da SINFRA junto a Empresa responsável pela manutenção, para solucionar os problemas._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_no_003-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_no_003-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de notificar a empresa responsável pelas obras de pavimentação, galerias no bairro São Benedito, cidade de Poconé – MT, para que de celeridade nas obras, principalmente para solucionar problemas provocados pelos serviços na Rua Dom Galibert, onde alguns pontos impede/dificulta acesso de veículos nas garagens, além do que faz necessário a conclusão da canalização da via pública, haja vista a abertura sem nem uma sinalização adequada, colocar em risco não só condutores de veículos automotores, mais a todos que utilizam a via pública._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Márcio Fernandes, MDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Itamar Lourenço</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacao_no_001-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacao_no_001-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar entendimentos e tomadas de providências para a reativação das obras paralisadas ou inacabadas na área de saúde do município de Poconé como as Unidades Básica de Saúde dos Bairros Jurumirim e São Judas Tadeu, por meio do site do Sistema de Investimento do SUS – Investsus, com a devida atualização de dados cadastrais das obras e da apresentação de documentos._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 25 de janeiro de 2024._x000D_
 _x000D_
 _x000D_
 Itamar Lourenço, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_no_002-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_no_002-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Kátia Rodrigues de Oliveira, Juíza da 4ª Zona Eleitoral Comarca de Poconé, buscar entendimentos junto ao Tribunal Regional Eleitoral de Mato Grosso, para que a zona eleitoral de Poconé possa promover 03 dias de atendimento externo na zona rural do município, nas localidades: Distritos  de Cangas, Nossa Senhora Aparecia do Chumbo, Vila 120, com atendimentos diversos como: alistamento (confecção do primeiro título de eleitor), cadastro biométrico, revisão cadastral, transferência eleitoral, expedição de segunda via do título, além de emissão de certidões, guias para pagamentos de multas eleitorais e consulta da situação eleitoral._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de fevereiro de 2024._x000D_
 Itamar Lourenço, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SÉRGIO MARACANÃ</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_no_001-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_no_001-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para que através do setor competente seja providenciada a correção na pavimentação asfáltica das Ruas:_x000D_
 _x000D_
 Rua A Bairro Santa Tereza;_x000D_
 Rua Leonideo de Paula Correa, esquina com a Rua Marechal Rondon, bairro São Benedito, (próximo ao bar do Sr. João Paulo);_x000D_
 Rua C esquina com a Avenida Mato Grosso, bairro Santa Terezinha, (próximo Vanderson Lanches), tendo em vista que as irregularidades existentes nessas localidades, somando o declive nas referidas vias acarretam o acumulo de água e lama, causando um ambiente desconfortável e dificultando o dia-a-dia dos moradores._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 31 de janeiro de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_no_002-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_no_002-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno  da  Casa,  ouvindo  o  Plenário,  INDICA  a  Sua  Excelência  Deputado Estadual Max Russi, no sentido de buscar entendimentos e tomadas de providências junto ao Governo do Estado, ou via emenda parlamentar viabilizar recursos financeiros para serviços de micro revestimento asfáltico, construção de galeria fluvial, (boca de lobo) na Rua Intendente Antônio João trecho entre a Rua Antônio João e a Praça Municipal “Padre Manoel Francisco de Araújo Bastos” Centro, cidade Poconé-MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Jocilma Amaral</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_no_001-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_no_001-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, Manoel Salvador Pereira Leite, Secretário Municipal de Turismo, tendo em vista os problemas no abastecimento de água do município, a seca dos córregos, afluentes incluindo rio Bento Gomes, os níveis dos rios do pantanal que prejudicam inclusive o turismo, a perspectiva de queimada iminente no pantanal a cada ano. Indico que vossas excelências busquem parcerias necessárias para realização da Comemoração pelo DIA MUNDIAL DA ÁGUA, celebrado em 22 de março._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_no_002-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_no_002-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura, Naudson Luís Bastos de Arruda, para que elaborem e/ou encaminhem para esta Casa de Leis o “Plano Emergencial de Tapa Buraco e Limpeza Urbana”, informando e enumerando os bairros por onde já foram realizados esse tipo de serviço e os bairros que ainda irão ocorrer, com respectivas datas e propostas de trabalho._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de fevereiro de 2024._x000D_
  Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacao_no_003-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacao_no_003-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Mauro Mendes, Governador do Estado, Marcelo de Oliveira e Silva,_x000D_
 Secretário de Estado de Infraestrutura e Logística, para que o Governo do_x000D_
 Estado possa firmar termo de parceria com o município de Poconé, a fim de_x000D_
 viabilizar a pavimentação e/ou recuperação asfáltica das travessias urbanas_x000D_
 que são rodovias estaduais, bem como uma operação tapa-buracos nas ruas e_x000D_
 avenidas do município. Considerando o Plano de Ação (projeto) que a_x000D_
 Prefeitura de Poconé possa apresentar._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de fevereiro de 2024._x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no_004-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no_004-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, com cópia ao Diretor Municipal de Serviços Urbanos, Erdes Dídimo_x000D_
 Santos, a necessidade de efetuar limpezas públicas que se fazem necessárias_x000D_
 na área da antiga Escola Municipal João Godofredo da Silva._x000D_
 Justificamos a iniciativa tendo em vista com a desativação da_x000D_
 escola a situação no que se refere limpeza pública é precária, há presenças de_x000D_
 matos, capins, com o período chuvoso a realização destes serviços fazem_x000D_
 necessários para evitar à proliferação de insetos e danos à saúde pública,_x000D_
 dengue e outros, melhorar o aspecto urbanístico do local, pelo o que_x000D_
 esperamos contar com a acolhida no atendimento desta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no_005-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no_005-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com_x000D_
 cópia ao Diretor Municipal de Serviços Urbanos, Erdes Dídimo Santos, a necessidade_x000D_
 de efetuar limpezas públicas que se fazem necessárias na rua Salvador Marques,_x000D_
 trecho que dá acesso a represa municipal João Ponce da Rua/Tanque da Rua, bem_x000D_
 como providenciar tampa no poço existente na imediação que se encontra a céu_x000D_
 aberto colocando em risco vida de pessoas._x000D_
 Justificamos a iniciativa tendo em vista a situação que se encontra_x000D_
 trecho da via pública, presenças de matos, entulhos, lixos de várias naturezas_x000D_
 amontoadas, com o período chuvoso a realização destes serviços fazem necessários_x000D_
 para evitar à proliferação de insetos e danos à saúde pública, dengue e outros, pelo o_x000D_
 que esperamos contar com a acolhida no atendimento desta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao__no_004_-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao__no_004_-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para efetuar_x000D_
 manutenção com serviços de patrolamento e colocação de cascalho nos pontos_x000D_
 críticos da estrada que dá acesso as localidades Figueira, Baía do Campo, Programa_x000D_
 de Assentamento Filomena, Coitinho e São Benedito, município de Poconé - MT._x000D_
 Indica também, que sejam estendidos estes serviços nas estradas_x000D_
 situadas dentro do Programa de Assentamento Filomena._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Amarildo Schmieleski, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_no_006-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_no_006-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Francisco Serafim de Barros, Presidente do Intermat, buscar_x000D_
 entendimentos para celebração de parceria para manutenção que se fazem_x000D_
 necessárias nos poços artesianos construídos através do Projeto Nossa Terra Nossa_x000D_
 Gente/Programa de Assentamento Matadouro, situada na proximidade do bairro São_x000D_
 Judas Tadeu, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Serjão Advogado</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de viabilizar parceria com a Energisa com a_x000D_
 finalidade de instalar 05 braços com luminárias no Programa de_x000D_
 Assentamento Nova Esperança, situado na região do Rio Bento Gomes,_x000D_
 município de Poconé._x000D_
 Levar esta melhoria as famílias residentes no Programa de_x000D_
 Assentamento são de suma importância no quesito segurança, mencionamos_x000D_
 que os braços já foram adquiridos estão à disposição, necessitando somente_x000D_
 dessa parceria para que elas sejam instaladas._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Sérgio Assunção, MDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Dudu Carrapato</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Marcelo de Oliveira_x000D_
 e Silva, Secretário de Estado de Infraestrutura e Logística, a fim de analisar a_x000D_
 possibilidade de fazer doação para a Prefeitura Municipal de Poconé, madeiras_x000D_
 (tábuas, pranchões, etc) que estão sendo retirado de pontes substituídas por_x000D_
 ponte de concreto na Estrada Parque Zélito Dorileo/ Transpantaneira,_x000D_
 município de Poconé que as doações tenham fins específicos para_x000D_
 manutenção/reformas de currais públicos boiadeiros construídos pelo_x000D_
 Governo do Estado para atender pecuaristas, condutores de boiadas na região_x000D_
 do Pantanal._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 Luís Eduardo, “Dudu Carrapato”, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica a Sua Excelência Manoel Salvador Pereira Leite, Secretário Municipal_x000D_
 de Cultura, para realizar com a máxima urgência as tomadas de providências que resultem no_x000D_
 pagamento dos produtores culturais contemplados com o recurso total de R$ 297.807,97, que_x000D_
 já se encontra disponível nos cofres municipais, para realização de projetos culturais pela Lei_x000D_
 Paulo Gustavo._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 19 de fevereiro de 2024._x000D_
 Luís Eduardo, “Dudu Carrapato”, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências junto ao_x000D_
 Prefeito Municipal para efetuar serviço de patrolamento e colocação de_x000D_
 cascalhos, em pontos criticos da estrada que dá acesso a Comunidade_x000D_
 Rural Maravilha, município de Poconé – MT._x000D_
 Justifica a iniciativa em razão de que a mencionada Estrada_x000D_
 apresenta situações que colocam risco à trafegabilidade da produção da região, de_x000D_
 pessoas, serviços de transporte escolar, e outros transtornos, prejuízos financeiros,_x000D_
 insegurança a aqueles que delas utilizam, pelo o que esperamos contar com a_x000D_
 acolhida do Poder Executivo a esta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Luís Eduardo, “Dudu Carrapato”, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no_006-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no_006-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, José Joadir do Amaral Júnior, Secretário Municipal de_x000D_
 Desenvolvimento Urbano e Econômico, no sentido de buscar entendimentos_x000D_
 e tomadas de providências a fim de viabilizar estudo para instalação de_x000D_
 Semáforo Inteligente nos seguintes pontos da cidade de Poconé – MT:_x000D_
 Avenida Aníbal de Toledo, (Avenida Mato Grosso/Mercado_x000D_
 São Jorge), (Rua Coronel João Epifânio ou Joaquim Murtinho/Posto Figueira);_x000D_
 Praça da Matriz, (Rua Antônio João/Campos Salles/13 de Junho), (Barão de_x000D_
 Poconé/General Rondon)._x000D_
 Avenida Dom Aquino, (Avenida Generoso Ponce, Rua_x000D_
 Tiradentes, Praça Manoel Francisco);_x000D_
 Rua Intendente Antônio João, (Avenida Generoso_x000D_
 Ponce/Posto São Cristóvão);_x000D_
 Avenida Pinheiro Machado, (Avenida Mato Grosso/Mercado_x000D_
 Bom Pastor, Rua Coronel João Epifânio/Pantanal Modas, e em outros pontos_x000D_
 que o Poder Públ</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Fabio Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que_x000D_
 seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de_x000D_
 manutenção como patrolamento, cascalhamento na estrada vicinal que demanda a_x000D_
 comunidade Bugiu, situada atrás da localidade Praia Branca, município de Poconé –_x000D_
 MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Alan Resende_x000D_
 Porto, Secretário de Estado de Educação, no sentido de enviar a Câmara_x000D_
 Municipal dados relacionados a qualidade de ensino das escolas_x000D_
 militares do Estado de Mato Grosso._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2794/indicacao_no_009-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2794/indicacao_no_009-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as_x000D_
 providências necessárias objetivando instalação de sistema de iluminação pública no_x000D_
 entorno da Academia ao ar livre, situada no bairro Santa Teresinha, cidade de Poconé-_x000D_
 MT._x000D_
 A razão dessa iniciativa deve-se ao fato de que no entorno da_x000D_
 academia não possui o sistema o que dificulta a prática de atividade no período_x000D_
 noturno, a deficiência, a escuridão contribui com insegurança das pessoas que_x000D_
 utilizam a academia, facilita ações de vandalismos, este melhoramento oferecerá_x000D_
 segurança e tranquilidade para as pessoas, pelo o que esperamos contar com_x000D_
 acolhida do Poder Executivo Municipal._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_no_010-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_no_010-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica ao Senhor Juliano Jorge Boraczynski, Presidente da_x000D_
 Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar_x000D_
 entendimentos e tomadas de providências para construção de Poços Artesianos com_x000D_
 extensão de rede de distribuição de água, nas seguintes localidades Comunidade_x000D_
 Rural Bittencourt, Programas de Assentamentos Boa Esperança, (Antigo Parque de_x000D_
 Exposição), Santa Rita, Santo Onofre, Cumbaru (JV), Agroana e Lambari, município de_x000D_
 Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2796/indicacao_no_011-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2796/indicacao_no_011-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência o Senhor Luiz_x000D_
 Artur de Oliveira Ribeiro, Secretário de Estado de Agricultura Familiar –_x000D_
 SEAF/MT, a viabilidade de que seja destinado calcários e mudas de bananas,_x000D_
 para o munícipio de Poconé, a serem doados aos pequenos produtores rurais,_x000D_
 sitiantes para terem suas escalas de produções no período da seca, e ainda_x000D_
 fortalecer a agricultura familiar nestas localidades._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_no_012-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_no_012-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Carlos Fávaro, Ministro da_x000D_
 Agricultura, Pecuária e Abastecimento, para que busque entendimentos e_x000D_
 tomadas de providências necessárias junto ao Governo Federal no que se_x000D_
 refere a liberação da quitação de dívidas referentes as terras do Programa de_x000D_
 Crédito Fundiário Assentamentos, (antigo Banco da Terra), seja_x000D_
 individualizados a fim de favorecer ao beneficiado quitar seu débito, em razão_x000D_
 da dívida constar em nome da Associação impossibilita a quitação, para_x000D_
 aqueles que tem condições e querem regularizar para obterem a escrituração_x000D_
 do imóvel._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_no_013-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_no_013-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Carlos Fávaro, Ministro da_x000D_
 Agricultura, Pecuária e Abastecimento, para que busque entendimentos e_x000D_
 tomadas de providências necessárias junto ao Governo Federal para_x000D_
 regularização dos títulos das terras dos Programas de Assentamentos Furnas_x000D_
 I e II, Baía do Campo, Agroana e Campo Limpo, município de Poconé – MT,_x000D_
 originados do INCRA._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_no_014-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_no_014-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Marcelo de Oliveira e Silva, Secretário de_x000D_
 Estado de Infraestrutura e Logística, tomadas de providências necessárias para_x000D_
 viabilizar serviços de tapa buracos, em pontos críticos da Estrada Parque Prof.ª_x000D_
 Francisca Figueiredo Martins, município de Poconé – MT._x000D_
 Levar esse serviço na pista de rolamento da estrada parque faz_x000D_
 necessário devido a quantidade de buracos de grandes proporções, trazendo sérias_x000D_
 consequências no trânsito, para oferecer aos usuários via em perfeito estado de_x000D_
 trafegabilidade, faz necessário a realização desses serviços, pela qual esperamos_x000D_
 contar com tomadas de providências por parte da SINFRA, para solucionar os_x000D_
 problemas e oferecer aos usuários estrada adequada para trafegabilidade._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no_007-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no_007-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a_x000D_
 necessidade de buscar entendimentos com o Governo do Estado/SINFRA-MT,_x000D_
 Colônia de Pescadores Z-11, SESC Pantanal, Empresários Proprietários de Pousadas,_x000D_
 Proprietários de Pesqueiros, Pecuaristas, para que em momento apropriado celebra_x000D_
 parceria, visando disponibilização de maquinas, caminhões, cascalhos, para_x000D_
 contribuir com a Prefeitura Municipal de Poconé, nos serviços de manutenção,_x000D_
 patrolamento, colocação de cascalhos, instalação de manilhas na Estrada Ribeirinha_x000D_
 “Armando Mendes Ferreira Gomes”, município de Poconé-MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no_008-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no_008-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para realizar_x000D_
 serviços de patrolamento, colocação de cascalhos nos pontos críticos da_x000D_
 estrada que demanda a Comunidade Capão de Angico, município de Poconé_x000D_
 – MT._x000D_
 A razão dessa iniciativa deve-se a situação que se encontram_x000D_
 pontos da referida estrada, buracos, poças com águas, dificultado a_x000D_
 trafegabilidade de pessoas, face às inúmeras reclamações recebidas dos_x000D_
 moradores, pelo o que esperamos contar com a acolhida de Poder Executivo_x000D_
 visando a inclusão destes serviços no cronograma de obras da SINFRA, no_x000D_
 exercício de 2024._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda,_x000D_
 Secretária Municipal de Saúde, no sentido de tomar as providências_x000D_
 necessárias para realizar mutirões de especialidades da saúde, no município_x000D_
 de Poconé – MT, nas especialidades cardiologia, ginecologia, ortopedia,_x000D_
 otorrino, oftalmologia, entre outras._x000D_
 Essa propositura visa atendimento de inúmeras pessoas_x000D_
 carentes com sintomas que necessitam de cuidados e avaliação por médicos_x000D_
 especialistas, em nome dessa clientela é que estamos solicitando este_x000D_
 atendimento pelo Poder Executivo Municipal._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_no_006-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_no_006-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Erdes Dídimo Santos, , Diretor Municipal de Serviços_x000D_
 Urbanos, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de_x000D_
 entulhos, capinação e outros necessários) na área de lazer Campo de Futebol situada_x000D_
 no Bairro Boa Esperança, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Fafá do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/mocao_de_pesar_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/mocao_de_pesar_no_001-2024..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS_x000D_
 FAMILIARES DO SENHOR CYRILO ILDEFONSO PINTO_x000D_
 POCONÉ - MT._x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de_x000D_
 Leis, requer a mesa diretora com anuência do soberano plenário para que proceda_x000D_
 devido registro de falecimento nos anais deste legislativo e encaminhe a presente_x000D_
 Moção de Pesar à família.A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares do Senhor Cyrilo Ildefonso Pinto, pelo o seu falecimento_x000D_
 ocorrido no dia 02 de março de 2024._x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga_x000D_
 conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé_x000D_
 reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que_x000D_
 o Senhor Cyrilo Ildefonso Pinto, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereadora Fátima de Aqui</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no_007-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no_007-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda,_x000D_
 Secretária Municipal de Saúde, a viabilidade de designar um profissional_x000D_
 capacitado para estar diariamente fazendo acompanhamento de famílias_x000D_
 residentes no Programa de Assentamento Mundo Novo e Furnas, município_x000D_
 de Poconé – MT, nas demandas da saúde básica._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB. Verª. Jocilma Amaral, UB</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no_008-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no_008-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ornella Rosário_x000D_
 Proença Moraes Falcão, Secretária Municipal de Educação, no sentido de_x000D_
 viabilizar junto aos órgãos competentes DRE – MT e SEDUC – MT, a viabilidade_x000D_
 em atender o pedido dos pais de crianças que trabalham e moram na Fazenda_x000D_
 Prata, situada na região da comunidade rural 120, reivindicam que veículos que_x000D_
 fazem serviços de transporte escolares atendam 08 alunos que estudam na_x000D_
 Escola Estadual Antônio Garcia, sendo 05 no período matutino e 03 período_x000D_
 vespertino, com acesso aos veículos na sede da fazenda, pelo motivo para que_x000D_
 os alunos sejam atendidos com o transporte escolar tem que deslocar_x000D_
 aproximadamente 3km enfrentando as vezes chuva, sol e outras situações,_x000D_
 prometem manter a cancela da entrada da propriedade aberta para facilitar o_x000D_
 atendimento, pelo o que esperamos contar com a acolhida da Secretária</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no_009-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no_009-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda,_x000D_
 Secretária Municipal de Saúde, a viabilidade de contemplar as Unidades_x000D_
 Básicas de Saúde, dos Distritos Cangas e Nossa Senhora Aparecida do_x000D_
 Chumbo; e as demais situadas na sede da cidade como a dos Bairros Cidade_x000D_
 Rosa/Cohab Nova, João Godofredo, Bom Pastor, com adesão ao Programa_x000D_
 Saúde na Hora do Ministério da Saúde, Governo Federal como iniciada na UBS_x000D_
 Central, bairro Cruz Preta._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB. Verª. Jocilma Amaral, UB</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no_010-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no_010-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, no sentido de buscar entendimento e parcerias_x000D_
 com as Secretarias de Ação Social Emprego e Renda: Saúde e Turismo,_x000D_
 juntamente com a UNIFACC – MT, União das Faculdades Católicas de Mato_x000D_
 Grosso, para ser ofertado cursos superiores e técnicos profissionalizantes em_x000D_
 nosso município._x000D_
 Haja vista a necessidade de dar oportunidade e opção de_x000D_
 formação_x000D_
 Sala das Sessões Josefa Gonçalves, 08 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no_011-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no_011-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, no sentido de buscar entendimento e parceria com_x000D_
 a Secretarias de Ação Social Emprego e Renda, no sentido de contemplar a_x000D_
 área externa do Centro de Convivência Aurílio Dias Moura – CCI, com melhorias_x000D_
 na área de lazer, implementando novos aparelhos para atividades físicas,_x000D_
 cobertura e iluminação._x000D_
 Nota-se o aumento gradativo de frequentadores pelo excelente_x000D_
 atendimento que é ofertado no CCI, através de seus profissionais, dessa_x000D_
 maneira é preciso expandir as atividades realizadas._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no_012-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no_012-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques_x000D_
 do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de buscar entendimento e tomadas de providências_x000D_
 para efetuar manutenção, nas manilhas do km 10, da antiga estrada Poconé –_x000D_
 Cáceres, município de Poconé – MT._x000D_
 Conforme pedido dos moradores da região devido as fortes_x000D_
 chuvas, abriu uma cratera nas proximidades onde se encontra instalada as_x000D_
 manilhas podendo acarretar acidente._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao__no_005-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao__no_005-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as_x000D_
 providências necessárias objetivando instalação de mais luminárias e efetuar troca de_x000D_
 lâmpadas no sistema de iluminação pública das vias públicas da Vila 120, município_x000D_
 de Poconé-MT._x000D_
 A razão dessa iniciativa deve-se ao fato de que em vários pontos de_x000D_
 vias públicas lâmpadas estão queimadas e em outros necessitam de instalação de_x000D_
 luminárias. A deficiência, a escuridão contribui com insegurança das pessoas que_x000D_
 utilizam as vias nos deslocamentos, facilita ações de vandalismos, este melhoramento_x000D_
 oferecerá segurança e tranquilidade para as pessoas, pelo o que esperamos contar_x000D_
 com acolhida do Poder Executivo Municipal._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Amarildo Schmieleski, UB.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao_no_004-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no_x000D_
 sentido de tomar as providências necessárias para que providenciem meios para que_x000D_
 haja iluminação azul na sede da Prefeitura Municipal de Poconé e em outros setores_x000D_
 no dia 02 de abril do corrente ano em comemoração/divulgação do dia Mundial de_x000D_
 Conscientização sobre o Autismo, na cidade de Poconé._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao_no_005-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Manoel_x000D_
 Salvador Pereira Leite, Secretário Municipal de Turismo e Cultura, Mauren_x000D_
 Lazzaretti, Secretária de Estado de Meio Ambiente, Felipe Wellaton, Secretário_x000D_
 Adjunto de Turismo do Estado, a viabilidade de realizar parceria_x000D_
 SEMA/SETESC/Prefeitura Municipal, visando realização de ação de fiscalização_x000D_
 orientativa sobre guia de turismo sem CADASTUR/sem curso de guia, no_x000D_
 âmbito do município de Poconé._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 11 de março de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao_no_006-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Senhora Eulina Pires de Moraes, Presidente da Diretoria da_x000D_
 Associação Beneficência Poconeana “Hospital Geral de Poconé”, no sentido de buscar_x000D_
 entendimentos e tomadas de providências necessárias para encontrar alternativa_x000D_
 para a resolução da situação que se encontra o antigo prédio de propriedade da_x000D_
 Sociedade situado na esquina das ruas Frei Carlos Vallet/Intendente Antônio João,_x000D_
 Centro, cidade de Poconé._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 11 de março de 2024._x000D_
 Fábio de Oliveira, UB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_no_015-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_no_015-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de tomar as providências necessárias para celeridade_x000D_
 nas obras de pavimentação asfáltica, galerias de águas fluviais, “bocas de_x000D_
 lobos”, nas vias públicas Francisco Guia de Souza, “Chico Gil”/antiga Avenida_x000D_
 Porto Alegre, e Rua Dom Galibert, bairro São Benedito, cidade de Poconé – MT._x000D_
 A razão desta iniciativa deve-se ao atraso, embora_x000D_
 recentemente houve retorno nas obras mais a lentidão na realização dos_x000D_
 serviços deixam a desejar, necessitando o Poder Executivo buscar meios para_x000D_
 dar celeridade para que a população seja beneficiada com esta melhoria ainda_x000D_
 no exercício de 2024._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao_no_016-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao_no_016-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA as Suas Excelências Carlos Fávaro, Ministro da Agricultura, Pecuária_x000D_
 e Abastecimento do Brasil, Mauren Lazzaretti, Secretária de Estado de Meio_x000D_
 Ambiente e Danielle Assis Carvalho, Secretária de Meio Ambiente, Guido Maria da_x000D_
 Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para realização de_x000D_
 estudo técnico visando a produção de peixe em tanque-rede nos rios que abrange o_x000D_
 município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no_017-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no_017-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, Reitera ao Poder Executivo, Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, realizar_x000D_
 estudo e providência no sentido de implantar redutores de velocidades tipo_x000D_
 lombada (quebra mola), na Avenida Aníbal de Toledo, Generoso Ponce,_x000D_
 proximidades da Igreja Assembleia de Deus, bairro Cruz Preta, cidade de_x000D_
 Poconé - MT._x000D_
 Referida reivindicação é pertinente, visto que a Avenida é_x000D_
 movimentada, e os munícipes reclamam que diariamente motos e carros,_x000D_
 trafegam em alta velocidade, colocando em risco a vida de todos, pelo o que_x000D_
 esperamos contar com a acolhida do Poder Executivo a esta justa_x000D_
 reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no_018-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no_018-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para assegurar recursos_x000D_
 financeiros próprios, ou através do Governo do Estado ou via emenda parlamentar,_x000D_
 destinado para a Prefeitura Municipal de Poconé, fazer serviço de asfalto, sarjeta e_x000D_
 meio fio na Rua Livramento, localizada no Bairro Boa Nova, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no_019-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no_019-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os vereadores que a esta subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, Reitera ao Poder Executivo, Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos e tomadas de providências para inserir no Plano de Trabalho da_x000D_
 Prefeitura Municipal/SINFRA, no exercício de 2024, a reforma geral do prédio que_x000D_
 abriga o Centro Comunitário, do Distrito de Cangas, município de Poconé – MT._x000D_
 Justificamos a presente indicação, levando em consideração a_x000D_
 necessidade de ser realizada uma reforma geral no prédio do centro comunitário do_x000D_
 Distrito de Cangas, eis que a estrutura se encontra com grandes problemas_x000D_
 estruturais._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Vereador Benedito Aurélio, PP. Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no_020-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no_020-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, Reitera ao Poder Executivo, Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Naudson Bastos, Secretário Municipal de Infraestrutura, realizar estudo e providência_x000D_
 no sentido de implantar redutores de velocidades tipo lombada (quebra mola), em_x000D_
 pontos estratégicos das vias públicas relacionadas Rua Manoel Benedito Raul de_x000D_
 Campos, “Travessa do Ensaio”, proximidade do Salão do Dil, situadas no bairro Cruz_x000D_
 Preta, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no_007-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no_007-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, buscar entendimentos para que a Prefeitura Municipal de Poconé_x000D_
 e a Concessionária Energisa, providencie a regularização da rede de distribuição de_x000D_
 energia elétrica nas vias públicas Rua Lídia de Souza e Rua Benedito Nicolau Vieira,_x000D_
 situadas no Bairro Jurumirim, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2827/indicacao_no_008-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2827/indicacao_no_008-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com_x000D_
 cópia ao Diretor Municipal de Serviços Urbanos, Erdes Dídimo Santos, buscar_x000D_
 entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos,_x000D_
 capinação e outros necessários) nas vias públicas Rua Lídia de Souza e Rua Benedito_x000D_
 Nicolau Vieira, situadas no Bairro Jurumirim, cidade de Poconé - MT._x000D_
 Justificamos a iniciativa tendo em vista a situação que se encontra_x000D_
 as vias públicas, presenças de matos, entulhos, lixos de várias naturezas amontoadas,_x000D_
 com o período chuvoso a realização destes serviços fazem necessários para evitar à_x000D_
 proliferação de insetos e danos à saúde pública, dengue e outros, pelo o que_x000D_
 esperamos contar com a acolhida no atendimento desta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Jocilma Amaral, UB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/indicacao_no_009-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/indicacao_no_009-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a esta subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, INDICAM a Sua Excelência Joelma Gomes da Silva, Secretária_x000D_
 Municipal de Ação Social, Emprego e Renda, estudar a viabilidade de que os_x000D_
 benefícios do Programa Sonho Meu, sejam estendidas as famílias/crianças_x000D_
 residentes nas comunidades rurais Campina de Pedra e Rodeio, município de_x000D_
 Poconé - MT._x000D_
 Dada a importância das atividades desenvolvidas pelo_x000D_
 Programa Sonho Meu, no dia-a-dia das famílias/crianças, atendendo_x000D_
 solicitação recebida é que apresentamos esta reivindicação a Secretaria_x000D_
 Municipal de Ação Social Emprego e Renda, para que estas atividades chegam_x000D_
 a essas comunidades,_x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Verª. Jocilma Amaral, UB. Ver. Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Jossielma Silva</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2829/indicacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2829/indicacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a esta subscrevem, nos termos do_x000D_
 Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, no sentido de buscar entendimentos com as_x000D_
 Secretarias Municipais de Infraestrutura; Meio Ambiente; Saúde e Educação,_x000D_
 para realização de mutirão de limpeza nos bairros da cidade de Poconé – MT,_x000D_
 nos Distritos Cangas e Nossa Senhora Aparecida do Chumbo, para evitar a_x000D_
 proliferação dos mosquitos Aedes- Aegypti._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Verª. Jossielma Silva, PTB. Verª. Jocilma Amaral, UB._x000D_
 Ver. Sérgio Assunção, MDB.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_no_005-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_no_005-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências_x000D_
 necessárias para efetuar serviço de patrolamento e colocação de cascalhos nos_x000D_
 pontos críticos da Estrada que demanda a região conhecida por Córrego Fundo, a_x000D_
 partir do término da Rua Santa Rosa, município de Poconé-MT._x000D_
 A razão dessa iniciativa deve-se ao fato de que pontos da mencionada_x000D_
 estrada encontra-se bastante danificada necessitando urgente da realização destes_x000D_
 serviços para oferecer aos sitiantes, munícipes em geral estrada com possibilidade de_x000D_
 trafegabilidade sem ocorrência de prejuízos no transporte da produção, pelo o que_x000D_
 esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Fátima de Aquino, PSB._x000D_
 Vereadora</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_no_006-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_no_006-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido_x000D_
 de viabilizar serviços de tapa buraco nas vias públicas localizadas no Bairro Boa_x000D_
 Esperança, cidade de Poconé – MT._x000D_
 Levar esse serviço nas vias públicas mencionadas, faz necessário_x000D_
 devido existências de buracos alguns de grandes proporções, trazendo sérias_x000D_
 consequências no trânsito, para oferecer aos usuários vias públicas adequadas_x000D_
 para trafegar, faz necessário a realização de uma operação tapa buraco, pela_x000D_
 qual esperamos contar com tomadas de providências por parte do Poder_x000D_
 Executivo para solucionar os problemas._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Fátima de Aquino, PSB._x000D_
 Vereadora_x000D_
 INDICAÇÃO - Nº 006/2024_x000D_
 POCONÉ MT, 04/03/2024._x000D_
 Autoria_x000D_
 Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_no_007-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_no_007-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA a Sua Excelência Max Russi, Deputado Estadual, no sentido de buscar_x000D_
 entendimentos junto ao Secretário de Estado de Infraestrutura e Logística, Marcelo_x000D_
 de Oliveira e Silva, para que a SINFRA – MT, ou empresa responsável pela manutenção_x000D_
 faça serviços de tapa buraco na Estrada Parque Prof.ª Francisca Figueiredo Martins,_x000D_
 município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_no_008-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_no_008-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Max_x000D_
 Russi, Deputado Estadual, no sentido de buscar entendimentos junto ao Secretário_x000D_
 de Estado de Infraestrutura e Logística, Marcelo de Oliveira e Silva, para que a SINFRA_x000D_
 – MT, com a finalidade de celebrar parceria SINFRA-MT/Prefeitura Municipal de_x000D_
 Poconé, visando manutenção da estrada vicinal 12 km que liga a Estrada Parque Prof.ª_x000D_
 Francisca Figueiredo Martins a região de Cabanas, com serviços de patrolamento,_x000D_
 colocação de cascalhos, construção de pontes ou instalação de manilhas, município_x000D_
 de Poconé – MT._x000D_
 Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_no_009-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_no_009-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos,Secretário Municipal de Infraestrutura, no sentido_x000D_
 de buscar entendimentos e tomadas de providências para realizar serviços de_x000D_
 patrolamento, colocação de cascalhos nos pontos críticos da estrada que_x000D_
 demanda as Comunidades Rurais Espinhal, Pantanalzinho, até a propriedade_x000D_
 de familiares do saudoso Antônio Lobo, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 INDICAÇÃO - Nº 009/2024_x000D_
 POCONÉ MT,04/03/2024._x000D_
 Autoria_x000D_
 Vereador Márcio Fernandes_x000D_
 MDB</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_no_010-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_no_010-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Deputados Estaduais, Janaína Riva, Thiago Silva, Deputado Federal_x000D_
 Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington_x000D_
 Fagundes, para que viabilizem entendimentos e tomadas de providências a_x000D_
 fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, no_x000D_
 valor de R$ 400.000,00 (quatrocentos mil reais) para construção de um_x000D_
 barracão medindo 8 metros de cumprimento por 4 metros de largura, com_x000D_
 cobertura de telhas isotérmicas, 02 banheiros, construção de poço artesiano,_x000D_
 com placa solar, caixa de água com capacidade de 2 mil litros, bem como_x000D_
 reforma do curral, na estrada Boiadeira que dá acesso ao Rio Cuiabá, num_x000D_
 ponto estratégico entre a Fazenda Rio Novo e a Fazenda de propriedade do_x000D_
 Senhor Rogério Gomes, com a finalidade de oferecer aos condutores de boiada_x000D_
 local apr</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_no_011-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_no_011-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos para efetuar serviços de tapa buracos na Rua Niterói, situada no bairro_x000D_
 Bom Pastor, cidade de Poconé - MT._x000D_
 A razão desta solicitação deve-se a solicitação recebida de_x000D_
 moradores e da necessidade da realização destes serviços para melhorar a_x000D_
 trafegabilidade na via pública, vez que a mesma encontra tomada por buracos, pelo_x000D_
 o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_no_012-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_no_012-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providências para que a Prefeitura Municipal de_x000D_
 Poconé, através da Secretaria Municipal de Infraestrutura, instale sistema de energia_x000D_
 elétrica para o funcionamento do poço artesiano construído no exercício de 2022 na_x000D_
 Comunidade Rural Santa Rita, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/indicacao_no_013-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/indicacao_no_013-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, viabilizar a_x000D_
 construção de duas faixas elevadas de pedestres em pontos estratégicos da_x000D_
 Rua Tiradentes, próximo a oficina mecânica do Sula e outra a 20 metros do_x000D_
 cruzamento com a Rua Intendente Antônio João, (posto São Cristovão),_x000D_
 localizadas no Bairro Boa Nova, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/indicacao_no_004-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/indicacao_no_004-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica a Sua Excelência Carlos Fávaro, Ministro da_x000D_
 Agricultura, Pecuária e Abastecimento do Brasil, no sentido de viabilizar junto ao_x000D_
 Ministro de Esporte André Fufuca, a inclusão do município de Poconé – MT, na_x000D_
 segunda etapa do Programa do Governo Federal, “Construção de Espaço Esportivos_x000D_
 Comunitários”._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o_x000D_
 Plenário, seja oficializado Senhor José Joadir do Amaral Júnior, Secretário_x000D_
 Municipal de Desenvolvimento Urbano e Econômico, no sentido de prestar_x000D_
 esclarecimentos à Câmara Municipal a razão da não construção de redutores_x000D_
 de velocidades, faixas de pedestres e placas de sinalizações, em esquinas ruas_x000D_
 e avenida da cidade de Poconé – MT._x000D_
 Justificamos a iniciativa tendo em vista que vários vereadores_x000D_
 desta Câmara Municipal nos exercícios 2021, 2022 e 2023 fizeram_x000D_
 reivindicações ao poder executivo a este respeito e até a presenta data não_x000D_
 foram atendidas em nem uma via pública indicadas, em razão desse não_x000D_
 atendimento faz necessário a Secretaria enviar esclarecimentos convincentes_x000D_
 sobre a não realização dos serviços._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2843/indicacao_no_010-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2843/indicacao_no_010-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, com cópia ao Diretor Municipal de Serviços Urbanos, Erdes Dídimo_x000D_
 Santos, a necessidade de efetuar limpezas públicas que se fazem necessárias_x000D_
 no Residencial Portal do Pantanal, cidade de Poconé – MT._x000D_
 Justificamos a iniciativa tendo em vista a situação que se_x000D_
 encontra as vias públicas do Residencial, presenças de matos, entulhos, lixos_x000D_
 de várias naturezas amontoadas, com o período chuvoso a realização destes_x000D_
 serviços fazem necessários para evitar à proliferação de insetos e danos à_x000D_
 saúde pública, pelo o que esperamos contar com a acolhida no atendimento_x000D_
 desta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2844/indicacao_no_011-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2844/indicacao_no_011-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a_x000D_
 necessidade de efetuar reparos que se fazem necessários patrolamento,_x000D_
 colocação de cascalhos nos pontos críticos da estrada que dá acesso as_x000D_
 Comunidades Ouro Fino, Pantanalzinho, Espinhal e Pirizal, município de_x000D_
 Poconé – MT._x000D_
 Atendendo a justa reivindicação de famílias residentes,_x000D_
 proporcionar meios de trafegabilidade com segurança nestas localidades_x000D_
 devido à falta de manutenção constante a estrada encontra-se com vários_x000D_
 buracos, em razão disso é que solicitamos ao Poder Executivo priorizar a_x000D_
 realização destes serviços objetivando oferecer a todos meios para se_x000D_
 deslocarem com segurança._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2845/indicacao_no_013-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2845/indicacao_no_013-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques_x000D_
 do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de_x000D_
 Infraestrutura, a viabilidade de manutenção na pavimentação asfáltica da_x000D_
 Avenida Pinheiro Machado, trecho compreendido da Travessa Santa Fé a_x000D_
 Escola Municipal Eloisa Elena aproximadamente 700 metros de extensão_x000D_
 localizada no bairro São Judas Tadeu, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2846/indicacao_no_014-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2846/indicacao_no_014-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência José Joadir do_x000D_
 Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico,_x000D_
 por intermédio da Diretoria Municipal de Trânsito, medidas e tomadas de_x000D_
 providências para recuperar sinalização na Rua Tiradentes esquina com a Rua_x000D_
 Intendente Antônio João, próximo ao Mercado Maracanã, no bairro Boa Nova,_x000D_
 tendo em vista com o tempo a sinalização ”PARE”, na pista de rolamento_x000D_
 desgastou praticamente não possibilita a visualização, a necessidade de_x000D_
 tomadas de medidas para que haja no ponto dessa via pública sinalização_x000D_
 horizontal e vertical, para garantir segurança aos condutores e munícipes._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Ver. Sérgio Maracanã, PSB._x000D_
 INDICAÇÃO - Nº 014/2024_x000D_
 POCONÉ MT,18/03/2024._x000D_
 Autoria_x000D_
 Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2847/indicacao__no_006-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2847/indicacao__no_006-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal_x000D_
 de Infraestrutura, no sentido de buscar entendimentos e tomadas de_x000D_
 providências para efetuar manutenção com serviços de patrolamento e_x000D_
 colocação de cascalho nos pontos críticos da estrada que dá acesso as_x000D_
 localidades Passagem de Carro, Varal, Morro Cortado, Campo Verde, município_x000D_
 de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Amarildo Schmieleski, UB.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2848/indicacao_no_005-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2848/indicacao_no_005-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de viabilizar melhoramento na estrutura física do ponto de_x000D_
 embarque e desembarque de passageiros situado a margem da Avenida Senador_x000D_
 Jonas Pinheiro, bairro Santa Terezinha, cidade de Poconé – MT, com serviços de_x000D_
 pintura, recuperação de concreto, construção de uma sala fechada climatizada e_x000D_
 outros serviços que se fazem necessários._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2849/indicacao_no_006-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2849/indicacao_no_006-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indica a Concessionária Energisa, a fim de que seja_x000D_
 tomadas as devidas tratativas junto ao setor competente para que seja realizada a_x000D_
 substituição do transformador de energia elétrica situado na Rua Wagner Vaz, no_x000D_
 bairro Santa Terezinha atrás da Unidade de Pronto Atendimento – UPA, cidade de_x000D_
 Poconé – MT._x000D_
 A presente proposição tem como objetivo as reivindicações_x000D_
 apresentadas por moradores, comerciantes, comunicando os transtornos sofridos em_x000D_
 razão das condições irregulares de funcionamento do equipamento. A situação tem_x000D_
 comprometido o conforto e segurança dos residentes, cujo fornecimento de energia_x000D_
 elétrica acarretando em avarias as instalações domiciliares, bem como danos aos_x000D_
 equipamentos domésticos, essa situação perdura desde o ano de 2023._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2850/indicacao_no_014-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2850/indicacao_no_014-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal e a_x000D_
 Concessionária Energisa, no sentido de buscar entendimentos para celebrar parceria_x000D_
 a fim de regularizar o sistema de rede de energia elétrica na Rua Santa Luzia situada_x000D_
 no bairro Aeroporto, cidade de Poconé, de maneira que todas as famílias sejam_x000D_
 contempladas com esta importante e fundamental benefício nas suas moradias._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2851/indicacao_no_015-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2851/indicacao_no_015-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal e a Concessionária Águas de Poconé, no sentido de buscar_x000D_
 entendimentos para celebrar parceria a fim de regularizar o sistema de rede_x000D_
 de distribuição de água, na Rua Santa Luzia, situada no bairro Aeroporto,_x000D_
 cidade de Poconé de forma que todas as famílias residentes sejam_x000D_
 contempladas com água na caixa de água instaladas, atualmente a água_x000D_
 chega no cavalete sem força para subir nas caixas._x000D_
 Face a quantidade de casas na citada via pública, hoje,_x000D_
 enfrenta, essa situação, faz necessário esse entendimento para regularizar o_x000D_
 sistema._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2852/indicacao_no_016-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2852/indicacao_no_016-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos junto ao setor competente_x000D_
 para realização de estudo para abertura da continuidade das vias públicas_x000D_
 Santa Luzia e Santa Catarina, situada no bairro Aeroporto, cidade de Poconé._x000D_
 O estudo e levantamento se faz necessário, devido solicitação_x000D_
 de famílias residentes, transeuntes, e tem como objetivo melhorar o_x000D_
 deslocamento e viabilizar construção de novas casas, considerando também o_x000D_
 crescimento econômico e desenvolvimento urbano do município nesta_x000D_
 localização._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2853/indicacao_no_017-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2853/indicacao_no_017-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal_x000D_
 de Infraestrutura, para que seja colocado no cronograma de serviço de coleta_x000D_
 de lixo domiciliar da SINFRA exercício de 2024, nas vias públicas Santa Luzia e_x000D_
 Santa Catarina, situada no bairro Aeroporto, cidade de Poconé, pelo menos_x000D_
 uma vez por semana._x000D_
 É necessário a inclusão destes serviços no cronograma de_x000D_
 serviço da SINFRA para serem coletados pelo menos uma vez na semana, a fim_x000D_
 de evitar que lixos sejam depositados inadequadamente vez que a não coleta_x000D_
 força os residentes a depositar em locais não apropriada trazendo serias_x000D_
 consequências para a saúde pública._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2854/indicacao_no_009-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2854/indicacao_no_009-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, ouvindo o Plenário, INDICAM a Sua Excelência Ataíl Marques_x000D_
 do Amaral, Prefeito Municipal e a empresa Concessionária Energisa, buscar_x000D_
 entendimentos para celebração de parceria a fim de regularizar sistema de_x000D_
 iluminação pública na Avenida Generoso Ponce principalmente nas_x000D_
 proximidades do Residencial Guatós I e II, bairro Cruz Preta, cidade de Poconé-_x000D_
 MT._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereadora Fátima de Aquino, PSB._x000D_
 Vereador Amarildo Schmieleski, UB</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_007-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA a Comissão de Meio Ambiente,_x000D_
 Recursos Hídricos e Recursos Minerais da Assembleia Legislativa de Mato_x000D_
 Grosso, para realizar em Poconé uma reunião extraordinária para esclarecer,_x000D_
 dar publicidade e ouvir a sociedade poconeana sobre quais ações preventivas_x000D_
 voltadas ao combate a incêndio florestais estão previstas para a região_x000D_
 pantaneira nos próximos meses de 2024._x000D_
 - Oportunamente recomendar a busca junto ao governo do_x000D_
 estado a construção de pelo menos de mais cinco poços artesianos na região_x000D_
 da Transpantaneira._x000D_
 - Reforçar a solicitação junto aos órgãos competentes da_x000D_
 manutenção da rede elétrica, abertura e limpeza de estradas da região._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/indicacao_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/indicacao_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento_x000D_
 Interno da Casa, INDICA a Mesa Diretora da Câmara Municipal de Poconé,_x000D_
 para que realize por iniciativa desta vereadora uma Audiência Pública com_x000D_
 intuito de debater e consequentemente implantar faixa de pedestres na_x000D_
 frente das escolas públicas e privadas de Poconé._x000D_
 Que a Secretaria Parlamentar tome como orientação a data_x000D_
 de 17 de abril, as 8hs da manhã e busque agendamento em locais como a_x000D_
 Unidade Sesc Poconé, Sindicato Rural, Sismup ou auditório Madalena_x000D_
 Eubank._x000D_
 É necessário ouvir o clamor das escolas, pais, alunos e_x000D_
 professores bem como esclarecimento por parte do poder executivo._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/indicacao_no_018-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/indicacao_no_018-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
       O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de serviço de manutenção no sistema de iluminação pública em vias públicas localizadas no Distrito de Cangas, município de Poconé-MT._x000D_
                                 Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
                                   Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2858/indicacao_no_019-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2858/indicacao_no_019-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-Mt._x000D_
 Os Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos, capinação), nas vias públicas localizadas no Distrito de Cangas, município de Poconé - MT._x000D_
 A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar o aspecto urbanístico nas vias públicas, vez que as mesmas encontram tomadas por matagais, entulhos, bastante prejudicial para a saúde pública, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 Sala das Sessões Josefa Gonçalves, 25 de março de 2024. _x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_no_020-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_no_020-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Senhora Cristina Cuiabália Neves, Gerente Geral Polo Socioambiental Sesc Pantanal, buscar entendimentos junto ao SESC FECOMÉRCIO, SENAC, com a finalidade de deslocar para a cidade de Poconé a Unidade Móvel com uma equipe de profissionais para realizar exames e ações preventivas sobre saúde  da mulher._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 25 de março de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_no_021-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_no_021-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para realizar serviços de patrolamento, colocação de cascalhos nos pontos críticos da estrada que demanda a Comunidade Santa Rita,  município de Poconé – MT._x000D_
         A razão dessa iniciativa deve-se a situação que se encontram pontos da referida estrada, buracos, poças com águas, dificultado a trafegabilidade de pessoas,  face às inúmeras reclamações recebidas dos moradores, pelo o que esperamos contar com a acolhida de Poder Executivo visando a inclusão destes serviços no cronograma de obras da SINFRA, no exercício de 2024._x000D_
 Sala das Sessões Josefa Gonçalves, 25 de março de 2024. _x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_no_022-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_no_022-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
       Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura,  Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, buscar entendimentos  e tomadas de providências para efetuar desobstrução do córrego Tereza Botas a partir da Rua Intendente Antônio João, tendo como ponto de referência o antigo Mercado Cortez, cidade de Poconé – MT._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 25 de março de 2024. _x000D_
                                   Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, PSB</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2862/indicacao_no_015-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2862/indicacao_no_015-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                             O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de limpeza da margem da estrada que demanda o Assentamento Nova Esperança, município de Poconé-MT._x000D_
    _x000D_
 _x000D_
                                Justificamos a iniciativa tendo em vista reivindicações recebidas de moradores, clamando do estado de conservação que o trecho compreendido da Escola até o Assentamento, devido a vegetação estar ocupando parte da estrada, dificulta passagem de veículos, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
  _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 25 de março de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2863/indicacao_no_021-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2863/indicacao_no_021-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
                                     O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, designar o setor competente, tomar as providências necessárias para fazer coleta de lixos amontoados em pontos da Estrada Parque Prof.ª Francisca Figueiredo Martins/Porto Cercado, município de Poconé – MT._x000D_
 _x000D_
        Justificamos a iniciativa tendo em vista a situação que se encontra a estrada, em vários pontos é visível quantidade lixos de várias naturezas amontoadas, como estamos no período chuvoso a realização deste serviço fazem necessários para evitar à proliferação de insetos e danos à saúde pública, pelo o que esperamos contar com a acolhida no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
 _x000D_
 _x000D_
     Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2864/indicacao_no_022-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2864/indicacao_no_022-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de tapa buracos nas vias públicas, localizadas no Residencial Portal do Pantanal, cidade de Poconé – MT._x000D_
  	_x000D_
 Levar esse serviço nas vias públicas do mencionado Residencial, faz necessário devido à quantidade de buracos de grandes proporções existentes, trazendo sérias consequências no trânsito, em algumas vias o estrago é tanto necessitando de se fazer recapeamento para oferecer aos usuários rua adequada para trafegar, à razão pela qual esperamos contar com tomadas de providências por parte do Poder Executivo para solucionar os problemas._x000D_
 _x000D_
       Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
 _x000D_
 _x000D_
       Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2865/indicacao_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2865/indicacao_no_008-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
     _x000D_
                                O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Felipe Wellaton, Secretário Adjunto de Turismo do Estado, no sentido de tomar as providências necessárias a fim de viabilizar recurso junto ao Governo do Estado destinado a prefeitura municipal de Poconé para construção de estrutura física para abrigar a sede do Centro de Ecoturismo na entrada da cidade de Poconé – MT._x000D_
 _x000D_
   _x000D_
       Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
  _x000D_
                               _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_no_009-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_no_009-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
     _x000D_
   O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências, Ataíl Marques do  Amaral, Prefeito Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimeto Urbano e Economico, no sentido de buscar entendimentos e tomadas de providências para analisar o fluxo diário de veículos em pontos estratégicos da Avenida Aníbal de Toledo, como esquina com a Avenida Mato Grosso, Coronel João Epifânio, Rua Antônio João, cidade de Poconé – MT, a fim de avaliar a necessidade de implantação  de  sinalização  de trânsito mais viável  redutor de velocidade ou semáfaro. _x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
 _x000D_
         Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2867/indicacao_no_010-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2867/indicacao_no_010-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
     _x000D_
 _x000D_
    O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do  Amaral, Prefeito Municipal e Concessionária Águas de Poconé,  no sentido de buscar entendimentos e tomadas de providências visando celebração de parceria para instalação de pontos de água na Rua Santa Luzia, bairro Aeroporto, próximo ao posto Rondon, cidade de Poconé – MT, com parâmetros que o caracterizem como esgoto doméstico, conforme a necessidade dos usuários (arrendatários, empresas terceirizadas, construtoras, entre outros)._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
 _x000D_
  _x000D_
            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2868/indicacao_no_011-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2868/indicacao_no_011-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
     _x000D_
    O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do  Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências junto ao proprietário de uma área existente no bairro Aeroporto visando  autorização para a continuidade da Rua Santa Luzia, e possibilitar expansão de rede de distribuição de energia elétrica e de  água a fim de atender algumas residências construídas nas proximidades da área, para que essas famílias sejam beneficiadas com energia e água potável há necessidade da continuidade da Rua Santa Luzia, passando por dentro da mencionada área._x000D_
 _x000D_
  _x000D_
                                  Sala das Sessões Josefa Gonçalves, 25 de março de 2024._x000D_
 _x000D_
  _x000D_
         Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_no_010-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_no_010-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
  Os  Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de tapa buracos e limpezas que se fazem necessárias em algumas vias públicas  situadas no populoso bairro João Godofredo, cidade de Poconé – MT._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
 _x000D_
                                 Vereadora Fátima de Aquino, PSB._x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2875/indicacao_no_023-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2875/indicacao_no_023-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento_x000D_
 Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal_x000D_
 de Infraestrutura, buscar entendimentos e tomadas de providências para fazer_x000D_
 manutenção na antiga estrada Poconé/Cáceres proximidade da Praia Branca,_x000D_
 onde houve desmoronamento na cabeceira de uma manilha, criando-se uma_x000D_
 cratera, conforme foto anexo, diminuindo a largura da estrada, o que poderá_x000D_
 dificultar o trânsito e provocar acidentes._x000D_
 Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
        A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias objetivando a regularização do sistema de iluminação pública da Avenida Sérgio França, denominada pela Lei Municipal nº 2.237 de 24 de outubro de 2023, trecho compreendido entre a esquina da Rua Didi Falcão, bairro Boa Esperança até o empreendimento Haras Santa Rita, cidade de Poconé – MT, com instalação de mais luminárias e troca de lâmpadas, bem como realização de limpezas públicas que se fazem necessárias nas suas margens._x000D_
 _x000D_
 _x000D_
      Sala das Sessões Josefa Gonçalves, 01 de abril de 2024. _x000D_
  _x000D_
 _x000D_
                               Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/indicacao_no_012-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/indicacao_no_012-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                            _x000D_
 A vereadora que a esta subscreve, nos termos do regimento interno da casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, Lucimeire de Fátima Bastos Souza,  Presidente do Sismup e a Mesa Diretora da Câmara Municipal de Poconé, para que possamos nos reunir e deliberar sobre a criação do “Título”, “Prêmio” ou “Reconhecimento Público”; nominado como “Prêmio de Eficiência e Inovação”, destinado aos Servidores que tenham ou estejam gerando desenvolvimento setorial, desenvolvimento de ações com economia para os cofres do município._x000D_
 Sala das Sessões Josefa Gonçalves, 01  de abril de 2024._x000D_
 _x000D_
 _x000D_
                       Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2884/indicacao_no_016-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2884/indicacao_no_016-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a viabilidade da Secretaria disponibilizar a população ter acesso a todos medicamentos disponíveis na Farmácia Municipal de Saúde, através de implantação de uma ferramenta virtual._x000D_
 _x000D_
                                Viabilizar o acesso dos pacientes aos medicamentos fazem necessários podendo o profissional de saúde acessar o estoque e prescreverem a medicação de tratamento._x000D_
  _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de abril de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2885/indicacao_no_017-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2885/indicacao_no_017-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, estudar a viabilidade de que setor competente faça estudo  e verifique se a interesse do proprietário da área urbana negociar com a Prefeitura Municipal a área, a fim de oficializar o local para continuidade da Malhação de Judas no bairro Boa Nova, evento que já se tornou tradicional na cidade de Poconé e a aquisição é fundamental para que futuramente construa a pracinha do Judas, tornando em patrimônio histórico e cultural do município poconeano._x000D_
 _x000D_
                             Este estudo justifica pelos pedidos de moradores das proximidades, munícipes de outras localidades que almejam a construção da praça do Judas para oferecer espaço adequado e seguro para os participantes._x000D_
  _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de abril de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2886/indicacao_no_018-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2886/indicacao_no_018-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar entendimentos e tomadas de providências para que através das Secretarias Municipais Saúde, Educação, Ação Social Emprego e Renda, ministra oficinas e palestras buscando conscientizar a população sobre o Abril Azul estabelecida pela Organização das Nações Unidas sendo o mês de conscientização sobre o Autismo._x000D_
 _x000D_
                                A realização das oficinas, palestras tem como objetivo conscientizar pessoas sobre o Autismo, assim como da visibilidade ao transtorno do aspecto autista – TA._x000D_
  _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de abril de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2887/indicacao_no_024-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2887/indicacao_no_024-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM a Concessionária Águas de Poconé, buscar entendimentos e tomadas de providências para construir uma nova rede de distribuição de água com cano de 90 polegadas nas vias públicas situadas no Residencial Portal do Pantanal, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 01 de abril de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2888/indicacao_no_025-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2888/indicacao_no_025-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM a Concessionária Águas de Poconé, buscar entendimentos e tomadas de providências para efetuar limpezas que se fazem necessárias no poço artesiano que faz distribuição de água as famílias residentes no Residencial Portal do Pantanal, cidade de Poconé – MT, de maneira que todas as famílias sejam contempladas com o produto, constantemente existe a falta de água e há clamor das pessoas para encontrar resolução para o problema._x000D_
  _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 01 de abril de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2889/indicacao_no_026-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2889/indicacao_no_026-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais, Janaína Riva, Juca do Guaraná e Thiago Silva, Deputado Federal Juarez Costa e Emanuelzinho, para que viabilizem entendimentos e tomadas de providências junto a METAMAT, visando a perfuração de um poço artesiano com 300 metros de profundidade na Comunidade Rural Maravilha, proximidade da Igreja Católica Nossa Senhora Aparecida, a fim de atender a igreja e  várias familias que há mais de 40 anos mora na Comunidade e convivem com a escassez de água no dia-a-dia._x000D_
  _x000D_
                                        Sala das Sessões Josefa Gonçalves, 01 de abril de 2024. _x000D_
 _x000D_
                                      Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                       Vereadora Fátima de Aquino, PSB.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2890/indicacao_no_027-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2890/indicacao_no_027-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais, Janaína Riva, Thiago Silva, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, para realizar estudo visando a possibilidade da construção de novo curral ou mudança do existente, reformado, num local mais distante da margem Rio Cuiabá, situado na fazenda Porto São Gonçalo, município de Poconé-MT, com a finalidade de oferecer aos condutores de boiada local adequado e seguro  para permanência de animais bovinos e equinos._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
   _x000D_
                                     Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2891/indicacao_no_013-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2891/indicacao_no_013-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos na Rua Das Hortências, localizada no  Bairro João Godofredo, cidade de Poconé - MT._x000D_
 _x000D_
      A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização deste serviço para melhorar a trafegabilidade na via pública, vez que a mesma encontra tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 _x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
 _x000D_
 _x000D_
                       Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2892/indicacao_no_014-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2892/indicacao_no_014-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, para que a Prefeitura de Poconé, havendo saldo não utilizados em exercícios anteriores, para enfrentar a pandemia da Covid-19, possa reprogramar os saldos financeiros provenientes de repasses do Fundo Nacional de Assistência Social (FNAS) tendo em vista Portaria 973/2024, publicada no dia 26 de março que determina que recursos poderão ser executados até o dia 31 de dezembro de 2024. _x000D_
                        Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
 _x000D_
 _x000D_
                       Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_no_015-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_no_015-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, Erdes Dídimo Santos, Diretor Municipal de Serviços Urbanos, buscar entendimentos para efetuar serviços de tapa buracos e limpeza pública nas ruas do bairro São Judas Tadeu, cidade de Poconé - MT._x000D_
 Levar esses serviços nas vias públicas, fazem necessários devido existências de inúmeros buracos alguns de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários vias públicas adequada para trafegar, faz necessário também a realização de limpezas das margens para melhorar o aspecto urbanístico e evitar proliferação de insetos e outras ações prejudiciais à saúde pública._x000D_
                                  _x000D_
                                 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
      Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_no_007-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_no_007-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Poder Executivo, Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhora Joelma Gomes da Silva, Secretária Municipal de Ação Social, Emprego e Renda, tomadas de providências necessárias para a criação e implementação do Conselho Municipal dos Direitos da Pessoa com Deficiência (CMDPD), no município de Poconé – MT._x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
                             Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2895/indicacao_no_008-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2895/indicacao_no_008-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Poder Executivo, Senhor Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomadas de providências necessárias para efetuar limpeza pública necessária (retirada de entulhos),ou notificar o proprietário para efetuar os serviços e mantê-la em perfeito estado de conservação na área localizada na Rua Primavera, bairro Cruz Preta, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSB.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2896/indicacao_no_011-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2896/indicacao_no_011-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de tapa buracos na Travessa da Fé, bairro Bom Pastor, cidade de Poconé – MT._x000D_
 _x000D_
      Levar esse serviço na via pública, faz necessários devido existências de inúmeros buracos alguns de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via pública adequada para trafegar, pelo o que esperamos contar com a acolhida do Poder Executivo no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
                                  Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima de Aquino, MDB._x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2897/indicacao_no_012-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2897/indicacao_no_012-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de manutenção na Rua Frederico Ozanan, trecho compreendido entre a Rua Tiradentes e Avenida Generoso Ponce, bairro Cruz Preta, cidade de Poconé – MT, onde se encontra situada a sede do Lar dos Idosos São Vicente de Paulo._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima de Aquino, MDB._x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2898/indicacao_no_013-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2898/indicacao_no_013-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviço de patrolamento e colocação de cascalhos nos pontos críticos da Estrada que liga Estrada Parque Prof.ª Francisca Figueiredo Martins ao Programa de Assentamento Beija Flor, situada ao lado do lixão público, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 Vereadora Fátima de Aquino, MDB._x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2903/indicacao_no_019-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2903/indicacao_no_019-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, através da Diretoria de Esportes, realizar estudo e viabilidade de desenvolver projeto de atletas de natação, buscando parcerias públicas privadas com a finalidade de ampliar oportunidades, fomentando ainda mais o esporte em nosso município com essa modalidade._x000D_
 _x000D_
 Incentivando nossos futuros atletas da natação nas diversas provas, campeonato e competições, assim aumentando a representatividade do nosso município._x000D_
  _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 12 de abril de 2024._x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2904/indicacao_no_028-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2904/indicacao_no_028-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, buscar entendimentos com o Governo do Estado/Secretaria de Estado de Educação, ou através de recursos próprios  viabilize aquisição de rede  de proteção anti pombos para ser instalada na quadra esportiva da Escola Municipal Juscelino Kubistchek – JK, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
 _x000D_
                               Vereador Márcio Fernandes, MDB. _x000D_
 _x000D_
                                Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/indicacao_no_029-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/indicacao_no_029-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, viabilizar estudo e elaborar projeto com a finalidade de implantar no município de Poconé Laboratório de Oncologia em uma das unidades de saúde existentes. A elaboração do Projeto faz necessários para que possamos buscar apoio dos Deputados Estaduais, Janaína Riva, Thiago Silva, Deputados Federais Juarez Costa, Emanuelzinho, para que viabilizem recursos financeiros junto ao Governo Estadual/Federal, para a instalação de um Laboratório de Oncologia, para atender a clientela que precisa desse atendimento e são obrigados a buscar outras localidades para fazer exames. _x000D_
   _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
   _x000D_
                             Vereador Márcio Fernandes, MDB. _x000D_
 _x000D_
                            Vereadora Fátima de Aquino, MDB</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/indicacao_no_030-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/indicacao_no_030-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, através das Secretarias de Educação; Desenvolvimento Agropecuário e Rural, para que coloque em prática a Lei Municipal nº 1.830 de 22 de agosto de 2016, de autoria deste Vereador, “Cria o Programa de Horta Comunitária, no município de Poconé e dá outras providências”, atendendo as escolas, creches e bairros no fortalecimento da merenda escolar._x000D_
  _x000D_
 _x000D_
    Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
  _x000D_
                                Vereador Márcio Fernandes, MDB. _x000D_
 _x000D_
                                Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/indicacao_no_031-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/indicacao_no_031-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Alan Porto, Secretário de Estado de Educação,  Deputados Estaduais, Janaína Riva, Thiago Silva, Juca do Guaraná, Deputado Federal Juarez Costa e Emanuelzinho, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros no valor de R$ 1.800,000,00 (Um milhão  e oitocentos mil reais), para reforma e ampliação da estrutura física da Escola Municipal Juscelino Kubistchek – JK, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                   Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2908/indicacao_no_032-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2908/indicacao_no_032-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal e a Concessionária Energisa, no sentido de buscar entendimentos para celebrar parceria a fim  de regularizar o sistema de rede de energia elétrica com instalação de luminária na Comunidade Rural Morrinho, município de Poconé – MT, de maneira que todas as famílias sejam contempladas com este importante e fundamental benefício nas suas  moradias._x000D_
 Sala das Sessões Josefa Gonçalves, 15 de abril de 2024. _x000D_
 _x000D_
                                Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/indicacao_no_033-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/indicacao_no_033-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos para efetuar manutenção no poço artesiano que atende a comunidade quilombola Morrinho com limpezas, substituição de bombas e outros serviços necessários a fim de regularizar o sistema de distribuição de água na comunidade._x000D_
 _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 15 de abril de 2024. _x000D_
 _x000D_
 _x000D_
                                Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
                                Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2910/indicacao_no_034-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2910/indicacao_no_034-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais Janaína Riva, Thiago Silva, Doutor João, Juca do Guaraná, Faissal Calil, Beto Dois a Um, Deputados Federais Emanuelzinho e Juarez Costa,  para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros no valor de R$ 500.000,00 (quinhentos mil reais), para revitalização do Campo de Futebol da Comunidade Rural Quilombola Morrinho com os seguintes melhoramentos, sistema de iluminação, plantio de grama, traves, alambrados com coberturas, vestuários, banheiros, e construção de um poço artesiano para manutenção do campo._x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, 15 de abril de 2024. _x000D_
 _x000D_
                             Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                              Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2911/indicacao_no_035-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2911/indicacao_no_035-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para regularizar sistema de iluminação pública da Comunidade Rural Capão do Angico, município de Poconé, com colocação de braços de luminárias, substituição de lâmpadas de 250volts, relé e reator._x000D_
 _x000D_
 Justificamos   a iniciativa de maneira que atenda mais de 30 famílias residentes que todos os residentes sejam contemplados com essa melhoria, tendo em vista que todos os moradores da comunidade há mais de 15 anos pagam a taxa de contribuição de iluminação e até o momento não usufruem do sistema, por isso reivindicamos com esta melhoria._x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 15 de abril de 2024. _x000D_
 _x000D_
                                Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2912/indicacao_no_036-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2912/indicacao_no_036-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais, Janaína Riva, Thiago Silva, Juca do Guaraná, Deputados Federais Emanuelzinho e Juarez Costa, no sentido de buscar entendimentos e tomadas de providências junto ao Governo Estadual e Federal e/ou via emenda parlamentares, destinarem recursos financeiros para a Prefeitura Municipal de Poconé, no valor de R$ 300.000,00 (trezentos mil reais), destinados para aquisição de equipamentos e instalação de academia ao ar livre,  nas Comunidades Rurais Capão do Angico, Bittencourt e Programa de Assentamento Nova Esperança, município de Poconé MT._x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, 15 de abril de 2024. _x000D_
 _x000D_
                                Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/indicacao_no_012-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/indicacao_no_012-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção com patrolamento, cascalhamento na estrada vicinal rural Valduíno Martins de Oliveira,  que liga a Comunidade Capão do Angico a sede da cidade de Poconé e na estrada vicinal rural extensão que liga a Estrada Parque Profª. Francisca Figueiredo Arruda Martins a Estada vicinal Valduíno Martins de Oliveira,  município de Poconé – MT. _x000D_
 _x000D_
                                      Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
  _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_no_013-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_no_013-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção com patrolamento, cascalhamento na pista de rolamento da estrada não pavimentada na extensão bairro São Judas Tadeu até a MT 451 Adauto Leite, (antiga estrada velha de Cáceres), município de Poconé – MT. _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
                          Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/indicacao_no_016-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/indicacao_no_016-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Erdes Dídimo Santos, , Diretor Municipal de Serviços Urbanos, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos, capinação e outros necessários) na área de lazer Campo de Futebol situado no Bairro São Judas Tadeu, cidade de Poconé - MT._x000D_
                                  Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 _x000D_
 _x000D_
                                   Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/indicacao_no_038-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/indicacao_no_038-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                                   Os Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomadas de providências para substituir a ponte de madeira sobre o córrego Maria Manteiga, situada na antiga estrada velha de Cáceres que dá acesso ao entroncamento  da MT 451 Adauto Leite  proximidade da Fazenda Aparecida por aduelas, município de Poconé._x000D_
 _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/indicacao_no_039-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/indicacao_no_039-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, a necessidade de dar celeridade, nos processos que tratam de regularização fundiária nos bairros: bairro André Maggi, Cohab Nova,  Vila Baleares, Vila Aurora, Jardim das Palmeiras, Nossa Terra Nossa Gente, Santa Clara, Residencial São Francisco, Vila Toledo, para que os residentes sejam contemplados com escrituras definitivas._x000D_
 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_no_040-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_no_040-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para realizar serviços de patrolamento, colocação de cascalhos nos pontos críticos da estrada que demanda o Assentamento Carandazinho, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/indicacao_no_041-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/indicacao_no_041-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, buscar entendimentos e tomada de providências para a inclusão da reforma geral na estrutura física do Centro Municipal de Educação Infantil Prof.ª. Augusta Leite Ferreira, Bairro Cruz Preta, com implantação de um moderno Playground pra atender as crianças, que não possui nem um tipo de brinquedo para ter seus momentos de entretenimento e diversão. Trata-se de uma creche que atende 257 crianças, faixa etária de 01 a 05 anos de idade período integral e parcial. _x000D_
 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
                                  Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/indicacao_no_042-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/indicacao_no_042-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              _x000D_
                                   O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica ao Senhor Jorge Henrique Correia de Sá, Capitão de Fragata/Capitão dos Portos de Mato Grosso, a necessidades de realização de Curso Especial de Segurança de Embarcação no município de Poconé, com a finalidade de atender a demanda de aproximadamente 40 alunos, possuidores de Carteira, Caderneta de Inscrição e Registro – CIR, necessitando do curso para possibilitar prestação de serviços nos barcos hotéis, pesqueiros, que na região só contrata pessoal que tem essa qualificação para transporte de passageiros em embarcação e poder navegar com segurança nos Rios de MT._x000D_
 _x000D_
             Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. _x000D_
 _x000D_
                                       Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2925/indicacao_no_043-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2925/indicacao_no_043-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                                 Os Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Guido Maria da Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no sentido de tomar as providências necessárias para serviços de gradeagem/preparo de solo visando atender sitiantes, pequenos produtores da agricultura familiar no Programa de Assentamento Carandazinho, para que aconteça o plantio em tempo hábil, visando o fortalecimento da agricultura familiar no município.                                Ressaltamos que já foi protocolado na Secretaria relação de nomes  das pessoas para serem beneficiadas com os referidos serviços. Sala das Sessões Josefa Gonçalves, 22 de abril de 2024. Vereador Márcio Fernandes, MDB. Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2926/indicacao_no_023-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2926/indicacao_no_023-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de manutenção na Rua Tereza Botas, (saída para a comunidade rural maravilha), em razão do estrago ocasionado por chuva danificando local onde se encontra instaladas as manilhas, conforme pode ser verificada nas fotos apensadas a indicação, a fim de evitar que acidentes ocorram._x000D_
  _x000D_
       Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
       Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2927/indicacao_no_024-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2927/indicacao_no_024-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Luiz Artur Oliveira Ribeiro,  Secretário de Estado de Agricultura Familiar, no sentido de estudar a viabilidade de atender a famílias produtoras de leite residentes na Comunidade Rural Minadouro, município de Poconé, com destinação de  um Resfriador de Leite com capacidade de 500 litros, visando fortalecer a cadeia produtiva de leite na região e proximidades._x000D_
      Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 _x000D_
       Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2928/indicacao_no_025-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2928/indicacao_no_025-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros  próprios, ou através do Governo do Estado ou via emenda parlamentar, destinado para a Prefeitura Municipal de Poconé, e inserir no cronograma de obras do município, serviço de asfalto, sarjeta e meio fio nas Ruas João Felix da Silva, “João Tora”, Beco do Ensaio e Travessa do Ensaio, localizadas no Bairro Cruz Preta, cidade de Poconé - MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 _x000D_
                                     Vereador Benedito Aurélio, PP.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>João Bosco</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2929/indicacao_no_001-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2929/indicacao_no_001-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICA ao Exmº Sr. Jaime Campos, Senador da República por Mato Grosso, a_x000D_
 viabilização de recursos através de emenda parlamentar da união, para implantação_x000D_
 de uma “Central de Hemodiálise”, em nosso município, anexo ao prédio do Hospital_x000D_
 Geral Nicolau Fragelli, ou ao prédio da Unidade de Pronto Atendimento, (UPA)._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Joao Bosco de Oliveira e Silva, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2932/indicacao_no_002-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2932/indicacao_no_002-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito_x000D_
 Municipal, com cópia ao Secretário de Infraestrutura, a necessidade urgente da_x000D_
 construção de uma Faixa Elevada e sinalização na Avenida Aníbal de Toledo, Bairro_x000D_
 Cruz Preta, próximo à esquina com a Rua Tiradentes, na imediação do_x000D_
 Supermercado Pantanal._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
 Vereador Joao Bosco de Oliveira e Silva, PSDB.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2935/indicacao_no_003-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2935/indicacao_no_003-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmº Srº. JOÃO ZAQUEO, Superintendente do Banco Bradesco, com sede em Cuiabá-MT, prestar as seguintes informações à esta Câmara Municipal, acerca do atendimento prestado pela instituição em nosso município:_x000D_
 _x000D_
 01-	Número aproximado de atendimentos mensal, incluindo pagamentos de benefícios, recolhimentos de taxas e impostos incluindo DAM, DARF e outros boletos._x000D_
 02-	 Se existe por parte da instituição, previsão de instalação de uma agência bancária, com toda estrutura para atendimento dos clientes e usuários._x000D_
 Sala das Sessões Josefa Gonçalves, 11 de março de 2024._x000D_
  _x000D_
  _x000D_
 _x000D_
                                Vereador Joao Bosco de Oliveira e Silva, PP.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2936/indicacao_no_004-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2936/indicacao_no_004-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, que do recurso alocado junto ao Governo do Estado de Mato Grosso na ordem de R$ 4 milhões de reais para Pavimentação Asfáltica, seja incluída no Projeto a Pavimentação a das ruas da “Vila Baleares 2” localizado no quilômetro um da Rodovia Zelito Dorilêo. No Bairro São Benedito._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
  _x000D_
  _x000D_
 _x000D_
                                Vereador Joao Bosco de Oliveira e Silva, PP.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2937/indicacao_no_005-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2937/indicacao_no_005-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, que do recurso alocado junto ao Governo do Estado de Mato Grosso na ordem de R$ 4 milhões de reais para Pavimentação Asfáltica, seja incluída no Projeto a Pavimentação  de aproximadamente 500 metros da rua Nossa Senhora Aparecida no Bairro Jardim das Palmeiras, até o entroncamento com a estrada Peraputanga, como também Pavimentação da Estrada Peraputanga, numa extensão aproximada de 1.500 metros, Bairro Aeroporto, do Posto Rondon até o entroncamento com a Rua Nossa Senhora Aparecida._x000D_
                                    Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
  _x000D_
  _x000D_
 _x000D_
                                Vereador Joao Bosco de Oliveira e Silva, PP.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2938/indicacao_no_006-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2938/indicacao_no_006-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, que do recurso alocado junto ao Governo do Estado de Mato Grosso na ordem de R$ 4 milhões de reais para Pavimentação Asfáltica, seja incluída no Projeto a Pavimentação  da “Rua Tercio Parede” no Bairro Jurumirim, trecho entre a Rua José Professor até a Rua Justino Gonçalves da Guia, no Bairro Cohab Nova._x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
  _x000D_
  _x000D_
 _x000D_
                                Vereador Joao Bosco de Oliveira e Silva, PP.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2939/indicacao_no_007-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2939/indicacao_no_007-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, que do recurso alocado junto ao Governo do Estado de Mato Grosso na ordem de R$ 4 milhões de reais para Pavimentação Asfáltica, seja incluída no Projeto a Repavimentação  da “Rua Pinheiro Machado” trecho a Igreja São Judas Tadeu até a Escola Municipal Heloisa Helena Aidamus Freire no Bairro São Judas._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
  _x000D_
  _x000D_
 _x000D_
                                Vereador Joao Bosco de Oliveira e Silva, PP.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2940/indicacao_no_008-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2940/indicacao_no_008-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, a urgente necessidade de executar serviços de tapa-buracos na Rua João Paulo, trecho entre a Rua Pinheiro Machado e a Rua Niterói, no Bairro Bom Pastor._x000D_
 Sala das Sessões Josefa Gonçalves, 25 de Março de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2941/indicacao_no_009-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2941/indicacao_no_009-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, a urgente necessidade da construção de um “Quebra-molas” e placas de sinalização na Rua Pinheiro Machado, nas proximidades da entrada do Residencial Garcia, no Bairro São judas._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 25 de Março de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2944/indicacao_no_010-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2944/indicacao_no_010-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                  O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA à Concessionária Águas de Poconé, a urgente necessidade da implantação de Rede de Água na Rua Presidente Marques, trecho de 700 metros, até a Rua Pinheiro Machado no Bairro São Judas._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A rede de Água da Rua Presidente Marques foi construída até a entrada do Residencial Garcia. Porém, nas proximidades, seguindo em direção à Rua Pinheiro Machado no Bairro São Judas, estão surgindo loteamentos residenciais, a região será valorizada com a chegada da pavimentação asfáltica. Necessário se faz a extensão da rede de água antecedendo outras obras de infraestrutura prevista para a região. _x000D_
  _x000D_
 Contamos com apoio de todos para aprovação desta proposição._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2946/indicacao_no_011-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2946/indicacao_no_011-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Ilmº Sr. José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, com cópia ao Ilmº Sr. Elivelton, Diretor da Área Urbana do INTERMAT a necessidade da inclusão do Distrito de Cangas no processo de Regularização Fundiária._x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Assim como no Distrito de Chumbo e outros conglomerados rural, as famílias do Distrito de Cangas também merecem ser contempladas com esse processo de Regularização Fundiária, na mesma proporção que vem ocorrendo nos bairros urbano._x000D_
  _x000D_
 Contamos com apoio de todos para aprovação desta proposição._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_no_012-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_no_012-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Ilmº Sr. Ataíl Marques do Amaral, Prefeito Municipal, com cópia á Secretaria Municipal de Planejamento e Administração, seja feita “Emenda no Plano Plurianual – PPA/2021/2025”, visando garantir no Orçamento/2025 recursos na ordem de 5 milhões para Indenização de Desapropriação de imóveis, para abertura de novas ruas e a execução destes projetos de infraestrutura._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 08 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2948/indicacao_no_013-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2948/indicacao_no_013-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia à Secretaria Municipal de Planejamento e Administração, seja feita na Tabela I da Lei Municipal nº 1.553 de 07 de Dezembro de 2009 que “Instituiu o novo Código Tributário de Poconé-MT e revogou a Lei nº 827 de 1990 e a Lei 1.154 de 26 de Abril de 1.999”, Alteração das Alíquotas do Imposto sobre a Propriedade Predial e Territorial Urbana, passando a vigorar com as seguintes alíquotas:_x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 08 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2949/indicacao_no_014-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2949/indicacao_no_014-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura, com sede no Centro Político Administrativo em Cuiabá-MT, a urgente necessidade da recuperação da Rodovia Estadual “Adauto Leite”, com tratamento e recapeamento, trecho entre a MT-060 até a BR-070, com a limpeza das margens da Rodovia, que encontra-se em situação bastante precária._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 22 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2950/indicacao_no_015-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2950/indicacao_no_015-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura, com sede no Centro Político Administrativo em Cuiabá-MT, a urgente necessidade da recuperação da Rodovia Estadual “Estrada Parque Zelito Dorilêo”, com encascalhamento e patrolamento, até o Porto Jofre._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 22 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2953/indicacao_-001-_2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2953/indicacao_-001-_2024.pdf</t>
   </si>
   <si>
     <t>Vereador que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, Reiteram as suas excelências  Atail Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, a urgente necessidade de viabilizar a instalação de redutores de velocidades em pontos estratégicos da Avenida Generoso Ponce, trecho compreendido entre a Avenida Aníbal  de Toledo até a final da Avenida (início da Estrada Parque Zelito Dorilêo/Transpantaneira, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
  06 de maio de 2024.  _x000D_
 Ver. Benedito Aurélio                      Ver. Amarildo Schmieleski_x000D_
 Ver. Jossielma Silva                            Ver. Márcio Fernandes “Marcinho”_x000D_
 Ver. Fábio de Oliveira                            Ver. Fátima de Aquino_x000D_
 Ver. Jocilma Amaral                             Ver. Itamar Lourenço_x000D_
 Ver. Sergio Maracanã                           Ver. João Bosco</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2954/indicacao_-002-_2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2954/indicacao_-002-_2024.pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, Reiteram as suas excelências  Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, a Concessionária ENERGISA a urgente necessidade de viabilizar celeridade na obra de complementação de rede de energia elétrica a fim de regularizar sistema de iluminação pública na Avenida Generoso Ponce principalmente nas imediações do Residencial Guatós I e II, Bairro Cruz Preta, cidade de Poconé – MT._x000D_
 Ver. Benedito Aurélio                                   Ver. Amarildo Schmieleski_x000D_
 Ver. Jossielma Silva                                       Ver. Márcio Fernandes “Marcinho”_x000D_
 Ver. Fábio de Oliveira                                     Ver. Fátima de Aquino_x000D_
 Ver. Jocilma Amaral                                        Ver. Itamar Lourenço_x000D_
 Ver. Sergio Maracanã                            Ver. João Bosco de Oliveira_x000D_
 Ver. Sergio Assunção</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2958/requerimento_no_009-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2958/requerimento_no_009-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, REQUER á comissão de Obras Públicas,_x000D_
 Transporte e comunicações: Vereadores Benedito Aurélio, Márcio_x000D_
 Fernandes e Fátima de Aquino, a urgente necessidade da realização de uma_x000D_
 Reunião Extraordinária da Comissão, de forma aberta, com participação de_x000D_
 todos os vereadores, podendo ser assistida pela sociedade civil, em data a_x000D_
 ser deliberada pela própria Comissão, para que seja deliberado sobre o_x000D_
 contrato nº 11/2023, tendo como Contratante a Câmara Municipal de_x000D_
 Poconé e contratada a empresa Vetor Engenheiro e Construção, sendo:_x000D_
 1°- Convocados para dar explicação:_x000D_
 I – Engenheiro Fiscal e Arquiteta responsável pelo projeto, senhor_x000D_
 Nelson Miura e senhora Mylena Amaral;_x000D_
 II – Superintendente de preservação do Patrimônio Histórico e_x000D_
 Museológico, senhor Robinson de Carvalho Araújo;_x000D_
 III –Comissão de Licitação, servidor Alexandre Costa Nunes;_x000D_
 IV –Vetor Engenheiro e Construção, senhor Wesley Henrique de_x000D_
 Araújo S</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2965/indicacao_no_009-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2965/indicacao_no_009-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indicam as Suas Excelências Mauro Mendes, Governador do Estado de Mato Grosso, com cópias ao Secretário de Estado de Infraestrutura e Logística, ao Secretário Chefe da Casa Civil, a bancada federal deputados e senadores de Mato Grosso, a necessidade de destinar recursos financeiros  para serviços de  canalização do Córrego Tereza Botas, cidade de Poconé – MT._x000D_
 _x000D_
 A cidade de Poconé está localizada na sub-bacia do córrego Tereza Botas, sendo, portanto, este Córrego o principal elemento da macrodrenagem da cidade._x000D_
                          Sala das Sessões Josefa Gonçalves, 30 de abril de 2024._x000D_
 _x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSDB._x000D_
 _x000D_
 _x000D_
                         Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2966/indicacao_no_016-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2966/indicacao_no_016-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal de Poconé, a viabilidade de apresentação de elaboração de Projeto de Lei e encaminhar a esta Casa de Leis, criando o “Programa de Internação Domiciliar”, conforme anteprojeto anexo._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 13 de Maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2967/indicacao_no_017-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2967/indicacao_no_017-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Senhor José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico a elaboração de Projeto com laudo técnico, visando a  implantação de Rede de Água na Rua Presidente Marques, trecho de 700 metros, até a Rua Pinheiro Machado no Bairro São Judas, pela Concessionária Águas de Poconé, conforme resposta da Concessionária à Indicação nº 10/2024 de 01/04/2024 (cópia anexo) de autoria deste vereador._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 13 de Maio de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2968/indicacao_no_044-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2968/indicacao_no_044-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos em visa públicas do bairro Boa Esperança em especial a Rua Didi Falcão e do Residencial São João, cidade de Poconé - MT._x000D_
 _x000D_
      A razão desta deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar a trafegabilidade nas vias públicas, vez que as mesmas encontram tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 29 de abril de 2024. _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 Fátima de Aquino, MDB</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2969/indicacao_no_045-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2969/indicacao_no_045-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias  com a finalidade de celebrar parceria com a concessionária energisa para regularizar sistema de iluminação pública na Avenida Generoso Ponce, principalmente nas imediações do Residencial Guatós I e II, bairro Cruz Preta, cidade de Poconé-MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 29 de abril de 2024. _x000D_
 _x000D_
                               Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                               Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2970/indicacao_no_046-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2970/indicacao_no_046-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais, Janaína Riva, Juca do Guaraná, Deputados Federais Coronel Fernanda, Emanuelzinho e Juarez Costa, no sentido de buscar entendimentos e tomadas de providências necessárias visando aquisições  de 04 aparelhos de ar condicionado de 60 mil btus, a ser destinado a Igreja Católica São Francisco de Assis, situada no bairro Cidade Rosa/Cohab Nova, cidade de Poconé -  MT. _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 29 de abril de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2971/indicacao_no_047-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2971/indicacao_no_047-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais, Janaína Riva, Juca do Guaraná, Thiago Silva, Deputados Federais Coronel Fernanda, Emanuelzinho e Juarez Costa, no sentido de buscar entendimentos e tomadas de providências necessárias para assegurar recursos financeiros para que seja realizado no município de Poconé – MT, o projeto “Visão”, mediante celebração de parceria entre o Instituto Lions da Visão de Mato Grosso e a Prefeitura Municipal de Poconé – MT._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
 _x000D_
                                     Vereadora Fafá de Aquino, MDB.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2972/indicacao_no_048-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2972/indicacao_no_048-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para efetuar serviços de patrolamento, colocação de cascalhos em pontos críticos das estradas que dão acesso as Olarias, situadas na região da Comunidade Rural Capão de Angico, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
                                     Vereadora Fafá de Aquino, MDB.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2973/indicacao_no_049-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2973/indicacao_no_049-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para efetuar reposição de manilhas em pontos estratégicos da estrada vicinal rural “Valduino Martins de Oliveira” que demanda a Comunidade Rural Capão de Angico, município de Pocone – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
 _x000D_
                                     Vereadora Fafá de Aquino, MDB.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_no_050-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_no_050-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, buscar entendimentos e tomadas de providências para que alunos constantes na lista anexa, residentes na região da Comunidade Rural Capão de Angico, município de Poconé – MT, sejam contempladas com serviços de transportes escolares com embarque e desembarque nas portas de suas residências._x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_no_051-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_no_051-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Ilustríssima Senhora Cristina Cuiabália Neves, Gerente Geral Sócio-Ambiental SESC Pantanal, buscar entendimentos e tomadas de providências para que a Comunidade Rural Capão de Angico, município de Poconé-MT, possa ser contemplada com benefícios do Projeto Aquarelas beneficiando a Escola Municipal Dom Pedro I com sistema de captação de água das chuvas/implantação de cisternas e construção de poço semi-artesiano para atender as atividades do viveiro que tem como responsável Associação de Pequenos Produtores Rurais da supra citada comunidade rural._x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_no_052-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_no_052-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Ilustríssima Senhora Cristina Cuiabália Neves, Gerente Geral Sócio-Ambiental SESC Pantanal, buscar entendimentos e tomadas de providências com a possibilidade de atender famílias ribeirinhas residentes na região de Moquém, situada às margens do Rio Cuiabá, município de Poconé – MT, com  benefícios do Projeto Aquarelas._x000D_
 _x000D_
                               _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
                                     Vereadora Fafá de Aquino, MDB.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_no_053-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_no_053-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais, Janaína Riva, Jucá do Guaraná, Dr. João, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, e ou via emenda parlamentar destinados para Revitalização Geral do Navio de Assistência Hospitalar “Tenente Maximiano”, tendo em vista que esse navio atende todo Rio Cuiabá, assim como os dois estados: Mato Grosso e Mato Grosso do Sul._x000D_
                               _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_no_054-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_no_054-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais, Janaína Riva, Jucá do Guaraná, Dr. João, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal,  e ou via emenda parlamentar no valor de R$ 200.000,00 (duzentos mil reais) destinados para aquisição de equipamentos de comunicação e afetos a segurança da navegação para o Navio de Assistência Hospitalar “Tenente Maximiano”, sendo: _x000D_
 _x000D_
 •	1 (um) ecobatímetro _x000D_
 •	05 (cinco) rádios VHF completos_x000D_
 •	02 (dois) rádios HF completos e _x000D_
 •	06 (seis) rádio comunicadores portáteis. _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_no_0055-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_no_0055-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais, Janaína Riva, Jucá do Guaraná, Dr. João, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, e ou via emenda parlamentar no valor de R$ 400.000,00 (quatrocentos mil reais) para substituição dos pisos e forros do Navio de Assistência Hospitalar “Tenente Maximiano”. _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_no_056-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_no_056-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais, Janaína Riva, Jucá do Guaraná, Dr. João, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, e ou via emenda parlamentar no valor de R$ 600.000,00 (seiscentos mil reais) para revisão geral dos motores de combustão principal, motores de combustão auxiliares e engrenagens redutoras do Navio de Assistência Hospitalar “Tenente Maximiano”. _x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_no_057-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_no_057-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais, Janaína Riva, Jucá do Guaraná, Dr. João, Deputado Federal Juarez Costa, Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros junto ao Governo Estadual/Federal, e ou via emenda no valor de R$ 125.360,00 (cento e vinte e cinco mil, trezentos e sessenta reais) para construção de duas estações de tratamento de água (ETA) no Navio de Assistência Hospitalar “Tenente Maximiano”, para que o navio possa ter a capacidade de produzir água potável. _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2982/indicacao_no_014-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2982/indicacao_no_014-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a sua excelência José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico de Poconé, a senhora Mayran Beckman Benicio, Diretora-Presidente DESENVOLVE-MT; dado conhecimento a CDL- Poconé, para que a Agência de Fomento do Estado de Mato Grosso - DESENVOLVE MT ofereça suporte e orientação aos empresários locais de Poconé. Que a SEDUE-Poconé possa ser parceira no apoio logístico e publicidade dessa iniciativa e articule agendamento com o DESENVOLVE MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024. _x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2983/indicacao_no_020-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2983/indicacao_no_020-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, através do setor competente fazer o levantamento dos pontos afetados pelo descarte irregular de lixo doméstico e entulho, a fim de elaborar um plano de ação para coibir a pratica de danos ao meio ambiente e a saúde da população poconeana._x000D_
  _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 03 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2984/indicacao_no_021-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2984/indicacao_no_021-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de tapa buracos na Rua Equador, no bairro Vila Aurora e na Rua Senador Azeredo, proximidade da casa n° 1757, bairro São Benedito. _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 03 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_no_022-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_no_022-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar reparo no buraco onde passa galeria de drenagem de águas fluviais, situada na esquina da Rua Leonídio de Paula Correa com a Rua Marechal Rondon, no bairro São Benedito, cidade de Poconé-MT, próximo ao Bar do João Paulo._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sérgio Maracanã, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_no_017-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_no_017-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Transito (DEMUTRAN), dado conhecimento a Escola Municipal Juscelino Kubitschek de Oliveira, para que seja atendido o pedido da Escola Municipal Juscelino Kubitschek de Oliveira realizando reunião com o Conselho Deliberativo da Comunidade Escolar – CDCE, para decidir sobre o estudo de trânsito da região e local pelo Demutran e Engenheiro Técnico._x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
  _x000D_
 _x000D_
       Vereadora Jocilma Amaral, UB.                    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2987/indicacao_no_015-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2987/indicacao_no_015-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), dado conhecimento a Escola Municipal General Caetano de Albuquerque, para que seja atendida a solicitação da referida comunidade escolar, sendo:_x000D_
 1 - Urgência na implantação de faixa de pedestres (de preferência elevada);_x000D_
 2 – Reunião para dialogar sobre o problema de sinalização à frente da escola, sendo cobrada a adequação da sinalização de trânsito bem como placa e faixa elevada de pedestres, sendo sugerido uma reunião temática na escola com a comunidade escolar e CDCE._x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
  _x000D_
 _x000D_
        Vereadora Fátima de Aquino, MDB._x000D_
 _x000D_
 _x000D_
 _x000D_
       Vereadora Jocilma Amaral, UB.             Vereadora Jossielma Silva, PP</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2988/indicacao_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2988/indicacao_no_004-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Transito (DEMUTRAN), dado conhecimento a Creche Municipal Fabiano Caporossi, tomem as providências necessárias visando atender o CMEI - Creche Municipal Fabiano Caporossi, atualizando a Lei Municipal sobre o trânsito na rua à frente de sua Unidade Escolar._x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
 Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2989/indicacao_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2989/indicacao_no_005-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), para que realize em Poconé a Mobilização e Campanha Maio Amarelo._x000D_
 A cor amarela simboliza atenção e também a sinalização e advertência no trânsito.     _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
 Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2990/indicacao_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2990/indicacao_no_006-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), dado conhecimento a Escola ETI Bacharel Ribeiro, para que atenda as solicitações da Escola de Tempo Integral Bacharel Ribeiro representado pelos alunos membros do grêmio estudantil e também a professora de educação física Julyana Aredes, ao qual solicitou:_x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 06 de maio de 2024. _x000D_
  _x000D_
 _x000D_
                               Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2991/indicacao_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2991/indicacao_no_007-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Dr. Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), a Coordenadoria de Ações Educativas de Trânsito do Detran-MT: Equipe/2024: Gresiella Almeida,  Coordenadora;  Agentes do Serviço de Trânsito, Henry César da Silveira Ferreira, Hosan Luiz Monteiro de Arruda, Jaudson Araújo Rodrigues Silva, Analistas de Serviço de Trânsito;  Regina Cele Pereira de Souza Silva Gomes e Zoraide Barbosa Almeida Urcino, para promover e coordenar em Poconé programas, ações e campanhas educativas de trânsito. _x000D_
 Sendo:_x000D_
 PAETE – Projeto de Ações Educativas de Trânsito nas Escolas;_x000D_
 PRAI – Projeto Ações Integradas_x000D_
 PRO DUAS RODAS - Projeto Ciclista e Motociclista seguros no trânsito_x000D_
 PROVIDATRAN – Projeto Vida Inclusiva no Trânsito</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2992/indicacao_no_026-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2992/indicacao_no_026-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Senhor Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, nas seguintes localidades Comunidade Rural Bittencourt, Programas de Assentamentos Cumbaru e Triangulo, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2993/indicacao_no_027-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2993/indicacao_no_027-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido de buscar entendimentos visando análise, estudo e tomadas de medidas necessárias para inserir no cronograma de obras do Governo Estadual e Municipal, exercício de 2024, serviço de manutenção das pontes que ligam o PA. Assentamento Carrijo a sede do município de Poconé – MT._x000D_
 _x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2994/indicacao_no_028-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2994/indicacao_no_028-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomadas de providências necessárias para realizar serviços de patrolamento da estrada que dá acesso ao antigo Parque de Exposições, município de Poconé – MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_no_029-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_no_029-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias objetivando manutenção/ troca de lâmpadas, no sistema de iluminação pública no Residencial Guatós I e II, bairro Cruz Preta, cidade de Poconé-MT. _x000D_
 _x000D_
 A razão dessa iniciativa deve-se ao fato de que o local se encontra com deficiência no sistema de iluminação, o que contribui com insegurança das pessoas que ali residem, já que a escuridão facilita ações de vandalismos. Este melhoramento oferecerá segurança e tranquilidade para as pessoas, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_no_030-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_no_030-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros junto ao Governo do Estado, via emenda parlamentar através de deputados estaduais, federais, senadores, destinados para a Prefeitura Municipal de Poconé, para serviço de asfalto, sarjeta,  meio fio e calçada na Rua Frederico Ozanan, proximidade do Lar dos Idosos São Vicente de Paulo,  Bairro Cruz Preta, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_no_031-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_no_031-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos, capinação), no terreno situado em frente ao Lar dos Idosos no município de Poconé – MT._x000D_
 _x000D_
           A razão deste pedido deve-se a solicitação recebida de profissionais do Lar e da necessidade da realização destes serviços para melhorar o aspecto urbanístico da região, vez que o mesmo encontra tomado por matagais, entulhos, presença de ratos bastante prejudicial para a saúde pública, pelo o que esperamos contar com acolhida do Poder Executivo na realização do serviço._x000D_
 _x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2998/indicacao_no_032-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2998/indicacao_no_032-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomadas de providências necessárias para viabilizar serviços de patrolamento na estrada que demanda a comunidade Capão I, tendo em vista que tem várias pessoas idosas residentes nas imediações e em caso de necessidade de ter que deslocar viatura como ambulância para socorrer pessoas doentes a estrada não oferece meios de trafegabilidade para chegar até os moradores._x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PSDB. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2999/indicacao_no_033-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2999/indicacao_no_033-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, tomadas de providências necessárias para inserir no cronograma de aquisições de equipamentos do Governo Municipal, exercício de 2024, a aquisição de: Ensiladeira, Picador Motorizado a ser destinadas a Secretaria Municipal de Desenvolvimento Agropecuária e Rural visando atender pequenos produtores, sitiantes do Município._x000D_
 _x000D_
 _x000D_
 _x000D_
 	_x000D_
 Sala das Sessões Josefa Gonçalves, 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3000/indicacao_no_034-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3000/indicacao_no_034-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, tomadas de providências necessárias para viabilizar serviços de tapa buracos, em pontos críticos da Estrada Parque Prof.ª Francisca Figueiredo Martins/Porto Cercado, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, em 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3001/indicacao_no_035-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3001/indicacao_no_035-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, tomadas de providências necessárias para viabilizar serviços de tapa buracos, em pontos críticos da Estrada Parque Zelito Dorileo/Transpantaneira, município de Poconé – MT.	_x000D_
 Sala das Sessões Josefa Gonçalves, 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_no_036-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_no_036-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Senhor Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, nas seguintes localidades Comunidade Rural Triangulo, Modelo, Nova Esperança e Santo Onofre, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3005/indicacao_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3005/indicacao_no_008-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Jefferson Neves, Secretário de Cultura, Esporte e Lazer - SECEL, para realizar em Poconé uma edição do Workshop de Empreendedorismo Criativo. _x000D_
 _x000D_
 Considerando a quantidade de produtores culturais, artesãos, fazedores de cultura, solicitamos capacitação gratuita com abordagem voltada a conteúdos e ferramentas práticas sobre economia criativa, inovação, criatividade e gestão de negócios._x000D_
 _x000D_
 Que a capacitação tenha como público-alvo empreendedores de Poconé, podendo receber pessoas de Nossa Senhora do Livramento, sendo artistas e gestores de cultura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de maio de 2024. _x000D_
  _x000D_
 _x000D_
                               Vereadora Jossielma Silva, PP</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_no_023-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_no_023-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Prefeito Municipal, Atail Marques do Amaral, com cópia a Secretaria Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências com a finalidade de realizar serviço de micro revestimento asfáltico na extensão da Rua Areão, situada no Bairro Areão, cidade de Poconé-MT._x000D_
 Sala das Sessões Josefa Gonçalves, em 16 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Sérgio Maracanã, PSB</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_no_024-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_no_024-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Secretário Municipal de Desenvolvimento Urbano e Econômico, José Joadir do Amaral Júnior, no sentido de buscar entendimentos  com o Poder Público, moradores a fim de regularizar aberturas, denominações oficiais de Vias Públicas, situadas no Bairro Aeroporto, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, em 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_no_025-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_no_025-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Secretário Municipal de Turismo, João Edemir de Arruda Pereira,  Secretário Municipal de Meio Ambiente, Lauro Pereira Leite, Secretário Municipal de Infraestrutura, Naudson Bastos, no sentido de buscar entendimentos para providenciar estudo e a viabilidade de melhoria no sistema de iluminação pública em toda extensão da Avenida Chico Gil (antiga Av. Porto Alegre), Bairro São Benedito, cidade de Poconé – MT, em especial nas proximidades do Parque Temático._x000D_
 Sala das Sessões Josefa Gonçalves, em 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao__no_007-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao__no_007-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, REITERA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviço de coleta de lixo individualizada em cada residência, escola, posto de gasolina, posto de saúde, situadas no Distrito de 120 (Vila 120), município de Poconé – MT, caso não seja possível realizar a coleta de lixo individualizada que o Poder Público /SINFRA viabilize o sistema de contentor com caçamba em pontos estratégicos para o lixo não ficar em locais inadequados._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Amarildo Schmieleski, UB</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3010/indicacao__no_008-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3010/indicacao__no_008-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, a necessidade de se tomar medidas que objetivem com as substituições de pontes de madeiras por aduelas nas estradas que dão acesso as seguintes localidades: Comunidades Bom Jesus e Rodeio._x000D_
 Sala das Sessões Josefa Gonçalves, 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
                                    Vereador Amarildo Schmieleski, UB</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3011/indicacao_no_018-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3011/indicacao_no_018-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Diego Guimarães, Deputado Estadual, solicitar que sejam tomadas as devidas providencias para encaminhamento de recursos no montante de R$200.000,00 (duzentos mil reais) via emenda parlamentar para atender a Secretaria Municipal de Desenvolvimento Urbano e Econômico, respectivamente Departamento de Trânsito de Poconé, em relação a Sinalização de Trânsito vertical e horizontal nos pontos de maior trafegabilidade da cidade._x000D_
 Sala das Sessões Josefa Gonçalves, 15 de maio de 2024._x000D_
 _x000D_
 _x000D_
                                   Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_no_026-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_no_026-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Prefeito Municipal, Atail Marques do Amaral, com cópia a Secretaria Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências com a finalidade de realizar serviço de micro revestimento asfáltico na extensão das Ruas Cuiabá e Coronel Teófilo, situadas no Bairro Areão, cidade de Poconé-MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 23 de maio de 2024._x000D_
 _x000D_
 Vereador Sérgio Maracanã, PSB</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_no_016-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_no_016-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências_x000D_
 necessárias para efetuar serviços de manutenção com patrolamento, colocação de_x000D_
 cascalhos, recuperação de pontes, instalações de manilhas nos pontos críticos das_x000D_
 Estradas que demandam as regiões de Xafariz, Cabocla, São Gonçalo II, município_x000D_
 de Poconé-MT._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 27 de maio de 2024._x000D_
 Vereadora Fátima de Aquino,MDB._x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 INDICAÇÃO - Nº 016/2024_x000D_
 POCONÉ MT, 27/05/2024._x000D_
 Autoria_x000D_
 Vereadora Fátima de Aquino, MDB._x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3019/indicacao_no_009-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3019/indicacao_no_009-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito Municipal, Ornella Rosário Moraes Falcão, Secretária Municipal de Educação, buscar entendimentos e tomadas de providencias para  realizar estudo, elaboração de projeto para que seja construído um Centro Municipal de Educação Infantil no Residencial Guatós I e II, Bairro Cruz Preta, cidade de Poconé – MT, para suprir a crescente demanda por vagas nas creches do município._x000D_
 _x000D_
       Sala das Sessões Josefa Gonçalves, 27 de maio de 2024. _x000D_
  _x000D_
 _x000D_
                                  Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3020/indicacao_no_018-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3020/indicacao_no_018-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, a viabilidade da instalação de uma “Academia ao Ar Livre” na Praça Eucáris Maciel, Bairro Cohab Velha._x000D_
 Trata-se do primeiro conjunto habitacional de Poconé, com uma Praça no centro do bairro, que leva o nome da saudosa missionária Eucáris Bernardete Monteiro Maciel. A instalação dessa academia ao ar livre na referida praça, além de uma melhora na estética da Praça, dará aos moradores da Cohab Velha e região, a oportunidade de usarem estes equipamentos como forma de se exercitarem. Aquelas famílias são merecedoras deste benefício._x000D_
  _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 27 de Maio de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3021/indicacao_no_019-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3021/indicacao_no_019-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, a urgente necessidade da aquisição de novos “Contêiner com rodas”, para os garis que atuam na limpeza pública._x000D_
 JUSTIFICATIVA_x000D_
 Os atuais contêiner estão desgastados, o que dificulta o trabalho da limpeza das praças e calçadas, causando morosidade e consequentemente atraso no desempenho da função. É obrigação do poder público dar estrutura e melhores condições de trabalho, além de segurança e proteção dos colaboradores que muito bem cuidam de nossas praças e calçadas._x000D_
  _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de Maio de 2024._x000D_
 _x000D_
                                  --------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_no_037-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_no_037-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomadas de providências necessárias para realizar serviços de patrolamento, colocação de cascalho nos pontos críticos da estrada que dá acesso ao Programa de Assentamento Carrijo, município de Poconé – MT._x000D_
 _x000D_
 Levar esses serviços na pista de rolamento da Estrada faz necessário devido a quantidade de buracos de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via em perfeito estado de trafegabilidade, faz necessário a realização desses serviços, pela qual esperamos contar com tomadas de providências por parte da SINFRA, para solucionar os problemas e oferecer aos usuários pista de rolamento em que os usuários possam trafegar com segurança_x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_no_038-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_no_038-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
    O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com cópia a Secretária Municipal de Saúde, tomadas de providências necessárias para realizar manutenção/revisão no ar condicionado de algumas ambulâncias, devido a inúmeras reclamações recebidas de condutores e pacientes._x000D_
 _x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_no_039-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_no_039-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
    O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Secretaria de Estado de Meio Ambiente, Senhora Mauren Lazzaretti, tomadas de providências para que seja enviada à Câmara Municipal de Poconé – MT, uma cópia do estudo feito pelo órgão referente a seca no Pantanal._x000D_
 _x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_no_040-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_no_040-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
                                 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para dar celeridade nas obras de construção de faixa elevada e regularização do sistema de iluminação pública da Avenida Generoso Ponce, bairro Cruz Preta, cidade de Poconé-MT._x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3026/indicacao_no_041-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3026/indicacao_no_041-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
                                 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, no sentido de tomar as providências necessárias para que alunos residentes no Programa de Assentamento Modelo, município de Poconé – MT, sejam contemplados com serviços de Transporte Escolar, a fim de atender solicitações de famílias questionando que o Ônibus que atende a região não entra no assentamento para pegar e deixar os alunos._x000D_
 _x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Ver. Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3030/indicacao_no_020-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3030/indicacao_no_020-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Ilmº Sr. Erdes Dídimo, Diretor de Serviços Urbanos, a urgente necessidade da limpeza de entulhos acumulados no interior, exterior e proximidades do Cemitério Nossa Senhora do Rosário, nesta cidade de Poconé._x000D_
 Os entulhos decorrentes da capinagem e podas de árvores do referido cemitério, vão se acumulando tanto no interior como na parte externa, desagradando os munícipes que vão ao local em visita aos túmulos dos entes ali sepultados._x000D_
  _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 03 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3031/indicacao_no_021-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3031/indicacao_no_021-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário de Infraestrutura, a viabilidade da inclusão de trecho da Rua sem denominação, atrás do Cemitério São Francisco, no Programa “Poconé 100% Asfaltada”, com a construção de calçadas ao longo da Rua e iluminação pública até a Rua Joaquim Murtinho, bem como a instalação de um novo portão de acesso ao interior do cemitério pela referida rua._x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 03 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3032/indicacao_no_010-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3032/indicacao_no_010-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar instalação de 01 braço com luminária na Rua São Jorge, bairro Joao Godofredo, cidade de Poconé._x000D_
 _x000D_
                             Levar esta melhoria as famílias residentes nessa via pública é de suma importância no quesito segurança, mencionamos que na citada rua é o único poste que não foi instalado braço com luminária, e neste ponto existem várias arvores que deixa o local praticamente sem iluminação e a clamor dos residentes por esta melhoria._x000D_
 _x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, 03 de junho de 2024._x000D_
 _x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3033/indicacao_no_015-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3033/indicacao_no_015-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
     O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Mesa Diretora, para quando da confecção do Diploma de Título de Cidadão Poconeano, seja inserido no Diploma o nome do vereador autor do Projeto Decreto Legislativo que propõe a honraria._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Fábio de Oliveira, UB</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3034/indicacao_no_016-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3034/indicacao_no_016-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Senhora Mauren Lazzaretti, Secretária de Estado de Meio Ambiente, Lauro Pereira Leite, Secretário Municipal de Meio Ambiente ao Instituto Virada Sustentável._x000D_
  Solicita que seja realizado até o final do mês de junho (mês do meio ambiente) em Poconé o evento denominado “Virada Sustentável” ao qual apresenta esculturas gigantes de onças-pintadas, que faz parte da intervenção urbana ‘Hora da Onça Beber Água’. Assim como realizado entre os dias 5 e 9 de junho com intervenções urbanas nos parques Mãe Bonifácia e Massairo Okamura, em Cuiabá, queremos que esse evento seja ofertado aqui em Poconé. A intervenção urbana ‘Hora da Onça Beber Água’, apresenta Esculturas infláveis de onças-pintadas gigantes, do artista plástico Eduardo Srur, organizada pelo Instituto Virada Sustentável em parceria com a Secretaria de Estado de Meio Ambiente (Sema-MT). O mês de junho, dedicado ao</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3035/indicacao_no_027-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3035/indicacao_no_027-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelência Atail Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar entendimentos, elaborar estudo com a finalidade de definir uma data bimestralmente para que sejam designados profissionais de saúde com a finalidade de aferir pressão arterial e orientar servidores nos respectivos setores de trabalho sobre  a importância desses cuidados no dia-a-dia dos servidores públicos municipais._x000D_
  _x000D_
 _x000D_
      Sala das Sessões Josefa Gonçalves, em 03 de junho de 2024._x000D_
 _x000D_
 _x000D_
                        Vereador Sérgio Maracanã, PSB</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3036/indicacao_no_028-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3036/indicacao_no_028-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Atail Marques do Amaral, Prefeito Municipal, através  de setor competente designar guia de disponibilização de recursos de acessibilidade de forma que atendam  pessoas que possuem deficiência de natureza física, visual, auditiva, mental ou alguma necessidade especial permanente ou transitória.  _x000D_
 _x000D_
                          Este guia para eventos presenciais ressalta a importância de oferecer condições de igualdade e tecnologias assistivas capazes de auxiliar as pessoas que necessitam de acessibilidade._x000D_
  _x000D_
                      Sala das Sessões Josefa Gonçalves, em 03 de junho de 2024._x000D_
 _x000D_
 _x000D_
                        Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3037/indicacao_no_017-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3037/indicacao_no_017-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de limpezas publicas nas  margens da Rua Artur Tomazelli (antiga Travessa da Vitória)   trecho compreendido entre as vias públicas  Intendente Antônio João/bairro Boa Nova e Cel. Teófilo/bairro São Benedito, cidade de Poconé-MT._x000D_
    _x000D_
       Levar esses serviços nas vias públicas, fazem necessários devido existências entulhos, lixos, matagais, prejudicando residentes e o aspecto urbanístico, a limpeza é importante para evitar proliferação de insetos e outras ações prejudiciais à saúde pública._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 03 de junho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB._x000D_
  _x000D_
                                  Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3038/indicacao_no_018-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3038/indicacao_no_018-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviços de manutenção com patrolamento, colocação de cascalhos, recuperação de pontes, instalações de manilhas nos pontos críticos das Estradas que demandam as regiões de Aranha, Buriti e Laranjal, município cidade de Poconé-MT._x000D_
 _x000D_
      A razão dessa iniciativa deve-se ao fato de que pontos das mencionadas estradas encontram bastante danificadas necessitando urgente da realização destes serviços para oferecer aos sitiantes, munícipes em geral estradas com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, escolar, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 03 de junho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino,</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3039/indicacao_no_058-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3039/indicacao_no_058-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl  Marques do Amaral, Prefeito Municipal, Mauren Lazzaretti, Secretária de Estado de Meio Ambiente, Marcelo de Oliveira e Silva, Secretário de   Estado de Infraestrutura e Logística, no sentido de buscar entendimentos  para que em parceria     sejam designados equipe técnica para fazer estudos hidrográficos  com objetivo   de construção de 02 pontes de concretos e aço na estrada vicinal Ribeirinha denominada “Armando Gomes Ferreira Mendes”, com extensão de 75 quilômetros, localizada a margem do Rio Cuiabá, com início na Estrada Parque “Professora Francisca de Figueiredo Martins/Porto Cercado, município de Poconé-MT, entre os pontos denominados “Cuiabazinho” e “Cuiabá Velho”, e em outros pontos que julgar necessário._x000D_
 Sala das Sessões Josefa Gonçalves, 03 de junho de 2024. _x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 Vereadora Fátima de Aquino, MDB</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3040/mocao_de_pesar_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3040/mocao_de_pesar_no_006-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Srº. Jaime da Costa Marques._x000D_
  _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Jaime da Costa Marques, pelo o seu falecimento ocorrido no dia 18 de maio de 2024. _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Jaime da Costa Marques, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves, 03 de junho de 2024._x000D_
 Vereador M</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3049/indicacao_no_011-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3049/indicacao_no_011-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade da execução de serviços de tapa buraco em vias públicas localizadas nos bairros Santa Terezinha e João Godofredo, cidade de Poconé._x000D_
 _x000D_
                             O pedido, atende o anseio de munícipes residentes nos bairros. Algumas vias públicas apresentam vários buracos ao longo de suas extensões o que exige a intervenção do prefeito municipal, por meio da Secretaria Municipal de Infraestrutura para sanar esses problemas elevar mais conforto segurança para pedestres e motorista que trafegam pelas vias públicas._x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3050/indicacao_no_010-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3050/indicacao_no_010-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Deputados Federais Emanuelzinho e Juliana Rosa de Souza  Kolankiewicz, dado ciência a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, para providenciar encaminhamento de emenda parlamentar no montante de R$ 500.000,00 (Quinhentos Mil Reais) destinados a saúde municipal com transferência direta à prefeitura, destinada a compra de novos equipamentos as UBS (Unidades de Saúde), Postos de Saúde do município._x000D_
 _x000D_
 _x000D_
       Sala das Sessões Josefa Gonçalves, 10 de junho de 2024. _x000D_
  _x000D_
 _x000D_
                                  Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3052/indicacao_no_029-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3052/indicacao_no_029-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, inserir no cronograma de obras do município, serviço de micro revestimento asfáltico em toda extensão da Rua Hugo Nunes Rondon, (antiga Rua ABC), bairro Cidade Rosa/Cohab Nova, cidade de Poconé - MT._x000D_
 _x000D_
 Tendo em vista que o asfalto da citada via pública, se encontra desgastados e em péssimas condições com buracos que dificultam o trafego, causa danos aos veículos, como também risco a integridade física de quem por elas necessitam transitar, é que apresentamos esta solicitação._x000D_
  _x000D_
                      Sala das Sessões Josefa Gonçalves, em 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_no_030-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_no_030-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providencias para disponibilizar um caminhão pipa para molhar o trecho não pavimentado Avenida Chico Gil, antiga Avenida Porto Alegre, bairro São Benedito, cidade de Poconé – MT._x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, em 10 de junho de 2024._x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_no_059-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_no_059-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl  Marques do Amaral, Prefeito Municipal, Eduardo Botelho, Presidente da Assembleia Legislativa, Jefferson Carvalho Neves, Secretário de Estado de Cultura, Esporte e Lazer, Jefferson Preza Moreno, Secretário Adjunto de Turismo de Mato Grosso,  e SESC Pantanal, no sentido de buscar entendimentos  para que em parceria     sejam realizados curso de fotografia de turismo destinados para munícipes, em especial a Guia turística e piloteiros do município de Poconé, para publico de aproximadamente 40 pessoas._x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
                          Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_no_060-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_no_060-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
        Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Reiteram as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para realizar serviços de patrolamento, colocação de cascalhos nos pontos críticos da estrada que demanda o Assentamento Carandazinho, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 10 de junho de 2024. _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_no_022-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_no_022-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura, com sede no Centro Político Administrativo em Cuiabá-MT, a urgente necessidade da instalação de 03 (três) redutores de velocidade.na Rodovia Estadual MT-060, uma a 500 metros do Portal de Entrada, outra a 300 metros e outra a 100 metros do Castelinho, com placas de sinalização vertical indicando a velocidade máxima permitida nesse trecho._x000D_
 _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 10 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3057/indicacao_no_023-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3057/indicacao_no_023-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura, com sede no Centro Político Administrativo em Cuiabá-MT, a urgente necessidade da instalação de 02 (dois) redutores de velocidade.na Rodovia Estadual Zelito Dorilêo (Transpantaneira), uma a 100 metros da Placa em frente o Residencial “Portal do Pantanal” e , outra a 700 metros em frente a “Vila Baleares II”, com placas de sinalização vertical indicando a velocidade máxima permitida nesse trecho._x000D_
 _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 10 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3058/indicacao_no_024-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3058/indicacao_no_024-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura, com sede no Centro Político Administrativo em Cuiabá-MT, a urgente necessidade da instalação de 02 (dois) redutores de velocidade.na Rodovia Estadual Professora Chiquinha (Rodovia Porto Cercado), uma a 300 metros e outra a 100 metros da Rua Generoso Ponce, no Bairro Boa Nova, com placas de sinalização vertical indicando a velocidade máxima permitida nesse trecho._x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 10 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3059/indicacao_no_025-2024_ver._joao_bosco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3059/indicacao_no_025-2024_ver._joao_bosco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exmº Sr. Atail Marques do Amaral, Prefeito Municipal de Poconé, a viabilidade de apresentação de elaboração de Projeto de Lei e encaminhar a esta Casa de Leis, criando o “Festival de Verão”, conforme anteprojeto anexo._x000D_
 _x000D_
 _x000D_
 Contamos com apoio de todos para aprovação desta propositura._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 10 de Junho de 2024._x000D_
 _x000D_
 ---------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 = PP =</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3060/indicacao_no_020-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3060/indicacao_no_020-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de efetuar trocas de lâmpadas nas avenidas Senador Jonas Pinheiro, Donizetti Prado, trecho compreendido entre a Praça Rotary Club e Castelinho, bairro Santa Teresinha, entrada da cidade de Poconé – MT. _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 27  de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_no_021-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_no_021-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Deputados Federais Abílio Junior, José Medeiros, Nelson Barbudo, Coronel Fernanda, dado ciência ao Senhor Guido Maria da Silva, Secretário de Desenvolvimento Rural Agropecuário e Urbano, para providenciar encaminhamento de emenda parlamentar no montante de R$ 1.000.000,00 (Um Milhão de Reais) destinados a transferência direta à Prefeitura Municipal de Poconé, destinada a construção de pontes de concretos e implantação de aduelas em substituição das pontes de madeira existente nas mais de 75 comunidades rurais existentes no município de Poconé. _x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 10  de junho de 2024._x000D_
 _x000D_
 _x000D_
                                   Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/</t>
+    <t>http://sapl.pocone.mt.leg.br/media/</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, para que cumpra o que foi estabelecido pela Lei nº 2.167/2022, Plano Diretor de autoria do Poder Executivo, em destaque o artigo 9º ao qual deveria ter sido criado o Sistema Municipal de Planejamento e Gerenciamento Territorial, constituído pelo Núcleo de Pesquisa e Planejamento (NPP), pelo Núcleo de Licenciamento e Fiscalização (NLF), pelo Conselho Municipal de Planejamento Urbano (CONPLUR), pelo Fundo Municipal para o Desenvolvimento Urbano (FUMDUR) e pelo Cadastro de Informações Multifinalitário para o Planejamento Municipal (CIMPLAM)._x000D_
 _x000D_
 Passados um ano e meio da publicação da Lei do Plano Diretor o referido sistema ainda não foi criado._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 10  de junho de 2024._x000D_
 _x000D_
 _x000D_
   Vereadora Jocilma Amaral, UB.                          Vereadora Jossielma Silva, PP</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_no_017-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_no_017-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Gisela Simona, Deputada Federal,  dado ciência a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, para providenciar encaminhamento de emenda parlamentar no montante de R$ 250.000,00 (Duzentos e Cinquenta Mil Reais) destinados a saúde municipal com transferência direta à prefeitura.  _x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                              Vereador Fábio de Oliveira, UB</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_no_018-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_no_018-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Coronel Assis, Deputado Federal, dado ciência a Senhora Ilma Regina Figueiredo, Secretária Municipal de Saúde, para providenciar encaminhamento de emenda parlamentar no montante de R$ 300.000,00 (Trezentos Mil Reais) destinados a saúde municipal com transferência direta à prefeitura._x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                              Vereador Fábio de Oliveira, UB</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3065/indicacao_no_019-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3065/indicacao_no_019-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA aos Senhores Guido Maria da Silva, Secretário de Desenvolvimento Rural Agropecuário e Urbano, José Daniel Dalri, Supervisor Local Extensionista Rural – EMPAER,  Sindicato dos Trabalhadores Rurais, para que a Prefeitura Municipal de Poconé, através da Secretaria Municipal de Desenvolvimento Agropecuário e Urbano contando com apoio dos Vereadores do Município e parceiros,  realize uma série de atividades alusivas ao Dia do Agricultor, (28/07)._x000D_
 _x000D_
 Possíveis parceiros: EMPAER; SEAF; Sindicato Rural; Sindicato dos Trabalhadores Rurais; associações de produtores entre outros._x000D_
 _x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                              Vereador Fábio de Oliveira, UB</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3066/indicacao_no_020-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3066/indicacao_no_020-2024..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM a Sua Excelência Alan Porto, Secretário de Estado e Educação, dado conhecimento a Escola Estadual de Tempo Integral Bacharel Ribeiro de Arruda, para que a Secretaria de Estado e Educação (SEDUC) ofereça a atenção devida a ETI Bacharel Ribeiro, considerando as necessidades estruturais da escola._x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
   Vereador Fábio de Oliveira, UB.                     Vereadora Jocilma Amaral,  UB._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3067/indicacao_no_061-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3067/indicacao_no_061-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Deputados Estaduais Eduardo Botelho, Janaína Riva, Max Russi, Júlio Campos, Deputados Federais Emanuelzinho, Juarez Costa, Senadores Jaime Campos, Wellington Fagundes, no sentido de viabilizarem recursos necessários para melhorar  a estrutura do Mini Estádio Boa Ventura Martins, situado no Distrito de Cangas, município de Poconé, com as seguintes estruturas; construção de poço artesiano, gramagem, iluminação pública, vestuários, sanitários, arquibancadas, bem como  para reforma e adequação da estrutura física que abriga o centro comunitário, com custo das obras no valor de R$ 1.200.000,00 (Um milhão e duzentos mil reais)._x000D_
 _x000D_
                                     Sala das Sessões Josefa Gonçalves, 17 de junho de 2024. _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3068/indicacao_no_042-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3068/indicacao_no_042-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Senhora Eulina Pires de Mores, Presidente da Diretoria da Associação Beneficência Poconeana “Hospital Geral de Poconé”, no sentido de buscar entendimentos com membros da Diretoria, profissionais de saúde, com objetivo de oferecer atendimento diferenciado para pacientes idosos que procuram a Associação Beneficência em busca de tratamento de saúde, para que haja a devida prioridade nos termos das legislações pertinentes. Geralmente nos atendimentos pacientes particulares são atendidos primeiro de acordo com critérios médicos, ação prejudica sobremaneira os idosos que são atendidos pelo mesmo profissional. Em razão disso indicamos analise e tomadas de providências com objetivo de oferecer atendimento diferenciado, se possível intercalando os atendimentos. Sala das Sessões Josefa Gonçalves, 10 de junho de 2024. Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3069/indicacao_no_011-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3069/indicacao_no_011-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, realize estudo e elaboração de projeto para a construção de uma praça pública dotados de academia ao ar livre, no Residencial Portal do Pantanal, cidade de Poconé – MT. A comunidade supramencionada carece de espaços onde possam usufruir de momentos de entretenimento, conversar e manter vínculos entre os moradores, razão pela qual, solicitamos a construção de uma praça, dotada de academia ao ar livre, para tornar o local mais atrativo, onde os moradores possam dispor de espaço seguro para entretenimento e convívio em comunidade.  Destacamos que esse espaço de arborização e paisagismo contribui significativamente para a valorização e a visibilidade daquela localidade. Sala das Sessões Josefa Gonçalves, 17 de junho de 2024. Vereadora Jossielma Silva, PP</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3070/indicacao_no_023-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3070/indicacao_no_023-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Lauro Pereira Leite, Secretário Municipal de Meio Ambiente, Naudson  Bastos, Secretário Municipal de Infraestrutura, Doutor Lucas Gouvêa, Procurador Jurídico e Fiscal da Prefeitura Municipal de Poconé, atentos a necessidade do período de queimadas, visto a realidade do tempo seco e ausência de chuvas no período, apresento as seguintes solicitações:  Para que a Secretaria de Meio Ambiente encaminhe a câmara municipal o plano de combate as queimadas urbanas; Para que a Secretaria de Infraestrutura realize os trabalhos de aguar as praças urbanas da cidade considerando que todas estão com as plantas em situação der isco. Para que a Procuradoria Jurídica e Fiscal determine que o Departamento de Tributo passe a fiscalizar os terrenos baldios exigindo limpeza e executando respectivas multas. Sala das Sessões Josefa Gonçalves, 17  de junho de 2024. Vereadora Jocilma Amaral</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3071/indicacao_no_024-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3071/indicacao_no_024-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Mauren Lazzaretti. Secretária de Estado de Meio Ambiente, SEMA-MT._x000D_
 _x000D_
 Considerando as necessidades de tomadas de providencias tendo em vista o período de estiagem que está atingindo a cidade de Poconé, a Câmara dos vereadores solicitam que seja providenciado a limpeza das rodovias estaduais em suas margens. A exemplo da MT 060 – Dr Zélito, entre Poconé e Rodovia 060, a mesma MT 060 – nominada Zélito Dorileo – Transpantaneira, de Poconé a Porto Jofre, a MT 451, Adauto leite, popular Rodovia Coenge, bem como a Rodovia Professora Chiquinha, Poconé ao Sesc pantanal.                                  _x000D_
                        _x000D_
                            Sala das Sessões Josefa Gonçalves, 17  de junho de 2024._x000D_
 _x000D_
 _x000D_
                             Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3072/indicacao__no_009-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3072/indicacao__no_009-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviço de coleta de lixo individualizada em cada residência, escola, posto de gasolina, posto de saúde, situadas no Distrito de 120 (Vila 120), município de Poconé – MT, caso não seja possível realizar a coleta de lixo individualizada que o Poder Público/SINFRA viabilize o sistema de contentor com caçamba em pontos estratégicos para o lixo não ficar em locais inadequados; regularizar sistema de iluminação pública, com trocas de lâmpadas e outros equipamentos que julgar necessário para que todos os residentes, comerciantes sejam contemplados com iluminação pública de boa qualidade. Sala das Sessões Josefa Gonçalves, 17 de junho de 2024. Vereador Amarildo</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3073/indicacao_no_012-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3073/indicacao_no_012-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e providências necessárias para serviços de revitalização e conclusão da pavimentação asfáltica, calçada, sarjeta e meio fio em toda a extensão da Rua Valdevino Evangelista da Silva,(antiga Rua Desembargador Martins), localizada no bairro Cruz Preta, cidade de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 17 de junho de 2024._x000D_
 _x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3074/indicacao_no_019-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3074/indicacao_no_019-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Reiteram as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviços de manutenção com patrolamento, colocação de cascalhos, nos pontos críticos da estrada que demanda a região de Buriti do Lopes, município cidade de Poconé-MT._x000D_
 _x000D_
      A razão dessa iniciativa deve-se ao fato de que pontos da mencionada estrada encontra bastante danificada necessitando urgente da realização destes serviços para oferecer aos sitiantes, munícipes em geral estradas com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, escolar, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 17 de junho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3075/indicacao_no_020-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3075/indicacao_no_020-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, na Comunidade Carretão, município de Poconé – MT._x000D_
 _x000D_
  _x000D_
    A presente indicação beneficiará centenas de residentes e pequenos agricultores rurais que enfrentam sérios problemas com abastecimento de água, sobretudo no período da estiagem, inviabilizando as atividades e comprometendo a qualidade de vida dos cidadãos ali residentes, pelo o que esperamos contar com acolhida no atendimento desta justa reivindicação._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 17 de junho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB._x000D_
  _x000D_
                                  Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3076/indicacao_no_031-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3076/indicacao_no_031-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências no sentido de disponibilizar Bota Fora para serem instalados em pontos estratégicos das estradas vicinais do entorno da cidade de Poconé._x000D_
 Sala das Sessões Josefa Gonçalves, em 12 de junho de 2024._x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3077/indicacao_no_032-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3077/indicacao_no_032-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos, capinação e roçagem) na área pública onde acontecia corrida de cavalo ao lado da Creche Aeroporto, bairro Cidade Rosa/Cohab Nova, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves, em 12 de junho de 2024._x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3078/indicacao_no_033-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3078/indicacao_no_033-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar manutenção com serviços de patrolamento e colocação de cascalho nos pontos críticos que demandam a região da Peraputanga, município de Poconé – MT._x000D_
 	_x000D_
      Justifica a iniciativa em razão de que a mencionada estrada apresenta situações que dificultam à trafegabilidade das produções, de pessoas, serviços de transporte escolar, e outros transtornos, clamando do estado de conservação da citada via, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
 Sala das Sessões Josefa Gonçalves, em 12 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3079/indicacao_no_034-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3079/indicacao_no_034-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para viabilizar serviços de micro revestimento asfáltico na Rua Salvador Marques, bairro Areão, cidade Poconé-MT.  _x000D_
 Sala das Sessões Josefa Gonçalves, em 12 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3080/indicacao_no_035-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3080/indicacao_no_035-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar manutenção com serviços de patrolamento e colocação de cascalho na estrada que dá acesso as comunidades Laranjal, Forquilha e Aranha, município de Poconé – MT._x000D_
 Justifica a iniciativa em razão de que a mencionada estrada apresenta situações que dificultam à trafegabilidade das produções, de pessoas, serviços de transporte escolar, e outros transtornos, clamando do estado de conservação da citada via, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
  _x000D_
                        Sala das Sessões Josefa Gonçalves, em 17 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de recuperar a pavimentação asfáltica com serviços de tapa buraco na Rua São  Tomé, localizada no bairro João  Godofredo, cidade de Poconé – MT._x000D_
 _x000D_
 Levar esse serviço na via pública mencionada, faz necessário devido existências de buracos alguns de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via pública adequada para trafegar, faz necessário a realização de uma operação tapa buraco, pela qual esperamos contar com tomadas de providências por parte do Poder Executivo para solucionar os problemas._x000D_
 _x000D_
  _x000D_
                        Sala das Sessões Josefa Gonçalves, em 17 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3092/indicacao_no_063-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3092/indicacao_no_063-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, a Concessionária Energisa,  para que viabilizem entendimentos e tomadas de providências a fim de que em parceria possam implantar sistema de iluminação pública, na Comunidade Rural São Benedito, beneficiando escola, fabrica de farinha, unidade de saúde e famílias residentes com benefícios/melhorias que a iluminação pública oferece._x000D_
 _x000D_
 _x000D_
                                     Sala das Sessões Josefa Gonçalves, 01 de julho de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_no_039-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_no_039-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, por intermédio da Diretoria Municipal de Trânsito, medidas e tomadas de providências para recuperar/acrescentar placas de  sinalização/informações com as rotas que dão acesso à rodovia Porto Cercado e Transpantaneira._x000D_
  _x000D_
  Conforme relatos de moradores da comunidade Capão do Angico muitos turistas estão seguindo a estrada rural Valduino Martins de Oliveira, errando o destino do trajeto que dá acesso das referidas rodovias, esperamos contar com o Poder Executivo a fim de que atenda a presente indicação._x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, em 27 de junho de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3094/indicacao_no_040-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3094/indicacao_no_040-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, para que através de setor competente da Prefeitura Municipal de Poconé viabilize extensão de rede de distribuição de água em vias públicas situadas nos bairros Aeroporto, Jardim das Palmeiras e Jurumirim, cidade de Poconé – MT. _x000D_
    _x000D_
     Conforme relatos de moradores residentes existem nos citados bairros diversas vias públicas que até a presente data ainda não foram contemplados com essa infraestrutura básica, para levar água em residências utilizam o sistema gambiarra o que gera desconforto tanto para o setor público quanto para as residências._x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, em 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3095/indicacao_no_025-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3095/indicacao_no_025-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Senhoras Joelma Gomes da Silva, Secretária Municipal de Assistência Social Emprego e Renda, Roberta de Souza, Representante da Rede Nacional de Aprendizagem – Renapsi. (jovem aprendiz), Conselho Municipal do Direito da Criança e do Adolescente – CMDCA, dado ciência ao CDL de Poconé – MT._x000D_
  _x000D_
 Para que providenciem para Poconé a execução do Programa Nacional de Socioaprendizagem, visando à efetiva inclusão de adolescentes e jovens no mercado de trabalho, conforme estabelecido pela Lei 10.097/2000, regulamentada pelo Decreto Nº 9.579/18 e pela Portaria nº 3.872/MTP._x000D_
 _x000D_
                            Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                             Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3096/indicacao_no_045-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3096/indicacao_no_045-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Senhor Silmar Souza Gonçalves, presidente do Consórcio Intermunicipal de Desenvolvimento Econômico e Social Vale do Rio Cuiabá,  a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, nas seguintes localidades, Programas de Assentamentos Triangulo, Santa Rita, Lambari e Modelo, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 Vereador Benedito Aurélio, PSDB</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3097/indicacao_no_046-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3097/indicacao_no_046-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos, capinação), no Residencial Guatós I e II, localizado no Bairro Cruz Preta, cidade de Poconé – MT._x000D_
 _x000D_
           A razão deste pedido deve-se a solicitação recebida de moradores, e da necessidade da realização destes serviços para melhorar o aspecto urbanístico da região, vez que o mesmo encontra tomado por matagais, entulhos, pelo o que esperamos contar com acolhida do Poder Executivo na realização do serviço._x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3098/indicacao_no_047-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3098/indicacao_no_047-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para celeridade nas obras de pavimentação asfáltica, galerias de águas fluviais, “bocas de  lobos”, nas vias públicas Francisco Guia de Souza, “Chico Gil”/antiga Avenida Porto Alegre, e  Rua Dom Galibert, bairro São Benedito, cidade de Poconé – MT._x000D_
 _x000D_
                                   A razão desta iniciativa deve-se ao atraso, embora recentemente houve retorno nas obras mais a lentidão na realização dos serviços deixam a desejar, necessitando o Poder Executivo buscar meios para dar celeridade para que a população seja beneficiada com esta melhoria ainda no exercício de 2024. _x000D_
 _x000D_
 _x000D_
                                Sala das Sessões Josefa Gonçalves, 01 de julho de 2024.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3099/indicacao_no_048-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3099/indicacao_no_048-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para celeridade na obra de revitalização/adequação do Ginásio de Esportes Guido Silva, cidade de Poconé – MT._x000D_
 _x000D_
                                   A razão desta iniciativa deve-se ao atraso na obra necessitando o Poder Executivo buscar meios para dar celeridade para que a população seja beneficiada com esta melhoria ainda no exercício de 2024. _x000D_
 _x000D_
 _x000D_
                                Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
                                                                                                                                                                                                                  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3100/indicacao_no_049-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3100/indicacao_no_049-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
                                  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, no sentido de tomar as providências necessárias para que aconteça vistoria e manutenção nos ônibus que fazem serviços do transporte escolar no município de Poconé, com o objetivo evitar problemas mecânicos, acidentes, promover o bem estar e a segurança dos condutores e estudantes._x000D_
  _x000D_
                                Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
                                                                                                                                                                                                                  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3104/indicacao_no_043-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3104/indicacao_no_043-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA a Sua Excelência Deputado Estadual Carlos Avallone, interceder junto ao Secretário de Estado de Infraestrutura e Logística Marcelo de Oliveira e Silva, para que sejam efetuadas a recuperação do asfalto da Rodovia Estadual MT- 451 Adauto Leite, até o Entroncamento com a BR-070, com a limpeza das margens da MT  que encontram tomadas por matagais e capins._x000D_
 _x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3105/indicacao_no_044-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3105/indicacao_no_044-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,  Fabiola Cristina Correa do Carmo, Secretária Adjunta de Planejamento e Administração, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, no sentido de tomar as providências necessárias para que proceda numeração dos domicílios residenciais, comerciais, instituições da cidade de Poconé-MT._x000D_
 _x000D_
                     Conforme pesquisas do IBGE o Brasil possui 10% dos seus imóveis sem números, prejudicando sobremaneira entregas de mercadorias, comércio tão comum em nossos dias, correspondências, determinação das coordenadas geográficas por internet, pelo  o que esperamos contar com a acolhida do Poder Executivo no atendimento desta justa reivindicação. _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3106/indicacao_no_037-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3106/indicacao_no_037-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Reitera a Sua Excelência Secretário Municipal de Desenvolvimento Urbano e Econômico, José Joadir do Amaral Júnior, no sentido de buscar entendimentos  com o Poder Público, moradores a fim de regularizar aberturas, denominações oficiais de Vias Públicas, situadas no Bairro Aeroporto, cidade de Poconé – MT._x000D_
 _x000D_
                           Justificamos a solicitação tendo em vista que a falta das regularizações oficiais por parte do Poder Público, moradores com residências situadas nessas vias públicas tem enfrentados dificuldades para serem contempladas com benefícios de energia elétrica, de água tratada, do correio, entre outros, pelo que esperamos com o atendimento da Secretaria a esta justa reivindicação._x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, em 24 de junho de 2024._x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_no_038-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_no_038-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Reitera as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de viabilizar serviços de recapeamento ou micro revestimento asfáltico na Vila Paizinho, Bairro São Benedito, cidade de Pocone – MT._x000D_
 Considerando que o asfalto nessa via pública está apresentando vários problemas na pavimentação devido ao desgaste natural;_x000D_
 _x000D_
 Considerando que o reparo acima solicitado é de suma importância para a comunidade gerando qualidade de vida e oportunizando melhor trafegabilidade de veículos e pedestres;_x000D_
 _x000D_
 Considerando que esse é um pedido feito pelos residentes esperamos contar com o Poder Executivo a fim de que atenda a presente indicação._x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, em 24 de junho de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_no_062-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_no_062-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, buscar entendimentos e tomadas de providências assim que a nova Concessionária assuma serviços de rede de distribuição de água na cidade de Poconé, em parceria com a Prefeitura Municipal elabore estudo e projeto com objetivo de substituir o sistema de distribuição de água nas vias públicas situadas no Residencial Portal do Pantanal, cidade de Poconé-MT, com cano de 90 polegadas afim de solucionar o problema que os residentes convivem já alguns tempos._x000D_
                                     Sala das Sessões Josefa Gonçalves, 24 de junho de 2024. _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
                                    Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_no_064-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_no_064-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Jefferson Neves, Secretário de Estado de Cultura, Esporte e Lazer, Deputados Estaduais, Janaína Riva, Thiago Silva, Dr. João, Eduardo Botelho e Max Russi, Deputado Federal Emanuelzinho, Senadores Jayme Campos e Wellington Fagundes, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros no valor de R$ 1.500.000,000 (Um milhão, quinhentos mil reais), destinados a Prefeitura Municipal de Poconé para execução de obra, visando a estruturação do campo de futebol situado no Bairro Santa Terezinha, cidade de Poconé, com implantação das seguintes melhorias, vestiários, banheiros, arquibancadas, sistema de iluminação, gramado e construção de poço artesiano.Sala das Sessões Josefa Gonçalves, 08 de julho de 2024. Vereador Márcio Fernandes, MDB Verª. Fafá, MDB.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_no_065-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_no_065-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, para que promovam as medidas necessárias para substituir o ônibus que presta serviços de transporte escolar na região da Comunidade Capão do Angico, município de Poconé – MT._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024. _x000D_
 _x000D_
                            Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3111/indicacao_no_066-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3111/indicacao_no_066-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Mariana Petronília de Arruda Pereira, Secretária Municipal de Cultura, para que promovam as medidas necessárias para inscrever o município de Poconé no Programa do Governo Federal e Estadual “Cultura Viva”, com a finalidade de atender ações culturais no município como escola de cururueiros;  os mascarados; artesanatos em argila e madeira; reza cantada; doceiras; rendeiras; farinheiras e artesanatos em couro. _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 08 de julho de 2024. _x000D_
 _x000D_
                            Vereador Márcio Fernandes, MDB._x000D_
 _x000D_
 _x000D_
                            Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3112/indicacao_no_021-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3112/indicacao_no_021-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviço de patrolamento e colocação de cascalhos nos pontos críticos da Estrada que liga a região do Piraim, município de Poconé – MT._x000D_
 _x000D_
       A razão dessa iniciativa deve-se ao fato de que pontos da mencionada estrada se encontra bastante danificada necessitando urgente da realização destes serviços para oferecer aos sitiantes, munícipes em geral estrada com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB._x000D_
  _x000D_
                                  Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_048-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_048-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para celeridade na obra de revitalização/adequação do Ginásio de Esportes Guido Silva, cidade de Poconé – MT._x000D_
 _x000D_
                                   A razão desta iniciativa deve-se ao atraso na obra necessitando o Poder Executivo buscar meios para dar celeridade para que a população seja beneficiada com esta melhoria ainda no exercício de 2024. _x000D_
 _x000D_
 _x000D_
                                Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
                           Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_no_050-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_no_050-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Deputado Estadual Carlos Avallone, a necessidade de buscar entendimentos e tomadas de providencias para construção de Poço Artesiano com extensão de rede de distribuição de água, no curral boiadeiro público km 37 Transpantaneira próximo a fazenda do Sr. Maurício. _x000D_
 A presente indicação beneficiará famílias, pequenos agricultores, condutores de boiadas na região do Pantanal, que enfrentam sérios problemas com abastecimento de água, sobretudo no período da estiagem, inviabilizando as atividades e comprometendo a qualidade de vida dos cidadãos residentes, e de suma importância para contribuir no combate ao incêndio no Pantanal. _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 Vereador Benedito Aurélio, PSDB</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_051-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_051-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para viabilizar serviços de micro revestimento asfáltico em vias públicas localizadas no bairro Cruz Preta, cidade Poconé-MT.  _x000D_
 Levar esse serviço nas vias públicas, faz necessário devido existências de buracos alguns de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários vias públicas adequadas para trafegar, faz necessário a realização de serviços de micro revestimento asfáltico ou operação tapa buracos, pela qual esperamos contar com tomadas de providências por parte do Poder Executivo para solucionar os problemas._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 Vereador Benedito Aurélio, PSDB</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_no_052-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_no_052-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos nas vias públicas localizadas no Residencial São João, cidade de Poconé - MT._x000D_
 _x000D_
      A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar a trafegabilidade nas vias públicas, vez que as mesmas encontram tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
                                                                                                                                                                                    Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_041-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_041-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de tomar as providências necessárias para elaborar projetos para contemplar desportistas do Campo do Grêmio, localizado na Rua 21 de janeiro, cidade de Poconé – MT, com área de lazer, academia ao ar livre, alambrado, poço artesiano, pista de caminhada e outras melhorias em sua infraestrutura._x000D_
 _x000D_
 _x000D_
                           Sala das Sessões Josefa Gonçalves, em 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                            Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_042-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_042-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, viabilizar a construção de faixa elevada de pedestres na Avenida Francisco Guia de Souza, “Chico Gil”/antiga Avenida Porto Alegre, bairro São Benedito, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 12 de julho de 2024._x000D_
 _x000D_
 _x000D_
                           _x000D_
                               Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3125/indicacao_no_043-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3125/indicacao_no_043-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, designar ao setor competente tomadas de providências necessárias para coibir o descarte de lixo em local inapropriado nos seguintes pontos da cidade: Tanque do Jurumirim, bairro Jurumirim, na rua Nossa Senhora Aparecida, próximo a cabeceira do Aeroporto e em outros pontos de bairros que acontecem os mesmos procedimentos, bastante prejudiciais para os aspectos urbanísticos e a saúde pública.  _x000D_
  _x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, em 15 de julho de 2024._x000D_
 _x000D_
 _x000D_
                           _x000D_
                               Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3126/indicacao_no_021-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3126/indicacao_no_021-2024..pdf</t>
   </si>
   <si>
     <t>O  vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA aos Senhores, Luiz Artur Oliveira Ribeiro (Luluca Ribeiro Secretário de Estado de Agricultura Familiar, Suelme Evangelista Fernandes, Diretor Presidente da Empresa Mato-grossense de Pesquisa, Assistência e Extensão Rural (Empaer), Guido Maria da Silva, Secretário Municipal de Desenvolvimento Agropecuário, José Daniel Dalri, responsável pelo Escritório Local da Empaer em Poconé, para implantar em Poconé o Programa de Fomento às Atividades Produtivas Rurais - Programa Fomento Rural._x000D_
 _x000D_
 Que o escritório local da Empaer esclareça se há algum poconeano contemplado com o referido programa._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3127/indicacao_no_022-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3127/indicacao_no_022-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, estudar a viabilidade de  conceder diária ou vale alimentação para servidores da Secretaria Municipal de Saúde, como motoristas e outros que se deslocam para outros municípios transportando pacientes em tratamento e em outras diligencias._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de julho de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3128/indicacao_no_023-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3128/indicacao_no_023-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA ao Senhor Alexandre Corrêa Mendes, Comandante Geral da Policia Militar do Estado de Mato Grosso, no sentido de buscar entendimentos e tomadas de providências com a finalidade de realizar blitz na MT 060 (Cuiabá – Poconé), Rodovia Governador José Monteiro de Figueiredo (Dr. Zélito)._x000D_
 _x000D_
                                    Justificamos a iniciativa tendo em vista a quantidade de veículos sem farol, sem condições de trafegabilidade, transitando na citada MT, muitos acidentes acontecem principalmente por motoristas alcoolizados na região do Distrito de Cangas, objetivando oferecer segurança aos condutores e da população é que solicitamos a realização de blitz._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de julho de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_067-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_067-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para realizar serviços de patrolamento, colocação de cascalhos nos pontos críticos da estrada que demanda os Programas de Assentamentos Santa Tereza e Medalha Milagrosa, município de Poconé – MT, nos dois acessos pelo Distrito de Cangas e pela comunidade rural Jejum._x000D_
 A razão dessa iniciativa deve-se a situação que se encontram pontos da referida estrada, buracos, dificultado a trafegabilidade de pessoas, rotas escolares face às inúmeras reclamações recebidas dos moradores, pelo o que esperamos contar com a acolhida de Poder Executivo visando a inclusão destes serviços no cronograma de obras da SINFRA, no exercício de 2024._x000D_
 Sala das Sessões Josefa Gonçalves, 15 de julho de 2024. _x000D_
 Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3130/indicacao_no_068-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3130/indicacao_no_068-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Deputada Estadual Janaína Riva, para que viabilize entendimento e tomadas de providências junto a METAMAT,  para construção de poços artesianos para atender famílias residentes na Estrada Ribeirinha “Armando Mendes Ferreira Gomes”,  região do Moquém, município de Poconé-MT._x000D_
 _x000D_
    Justificamos a iniciativa tendo em vista que fomos procurados por famílias residentes nesta localidade para interceder junto ao Poder Executivo em busca desta melhoria em razão de que alguns residentes ainda sofrem com a falta de água potável, pelo que esperamos contar com a acolhida do Poder Executivo._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 15 de julho de 2024. _x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3131/indicacao_no_069-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3131/indicacao_no_069-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Deputada Estadual Janaína Riva, para que viabilize entendimentos e tomadas de providências junto a METAMAT,  para construção de poços artesianos para atender famílias residentes nas proximidades da propriedade do Senhor Acácio, situada na comunidade Capão do Angico, município de Poconé-MT._x000D_
 _x000D_
    Justificamos a iniciativa tendo em vista que fomos procurados por famílias residentes nesta localidade para interceder junto ao Poder Executivo em busca desta melhoria em razão de que alguns residentes ainda sofrem com a falta de água potável, pelo que esperamos contar com a acolhida do Poder Executivo._x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 15 de julho de 2024. _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_026-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_026-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências João Edmir Pereira, Secretário Municipal de Turismo, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Mariana Petronília de Arruda Pereira, Secretária Municipal de Cultura,  para que providencie “força tarefa”, entre as secretarias, passando a divulgar e oferecer local definido e servidor específico para cadastrar profissionais empresas,  sociedades empresárias, sociedades simples, os empresários individuais e os serviços sociais autônomos atuem no atendimento turístico em Poconé no cadastro CADASTUR._x000D_
                              Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                                Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_027-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_027-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências, Allan Kardec Benitez, Secretário de Estado, Eliane Maria de Arruda Souza, Secretária Municipal de Educação,  José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico,  para que as respectivas secretarias municipais providenciem solicitação do Circuito Itinerante MT Ciências._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                                Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_044-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_044-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, através das secretarias de Meio Ambiente e Agricultura, elaborar projeto para doação de mudas frutíferas a ser destinadas a produtores da agricultura familiar do município de Poconé._x000D_
 _x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, em 05 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                           _x000D_
                         Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3137/indicacao_no_012-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3137/indicacao_no_012-2024..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico – SEDUE, Maria Letícia Arruda de Morais Costa, Secretária Adjunto de Turismo, esta casa de leis solicita providencias para que seja oferecido aos taxistas de Poconé qualificação voltada ao setor turístico. Que a SEDUE ou Demutran envie e-mail para o setor responsável solicitando catálogo de capacitações disponíveis; alinecampos@sedec.mt.gov.br_x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024. _x000D_
 _x000D_
                                Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3138/indicacao__no_010-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3138/indicacao__no_010-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para fazer manutenção necessária nas pontes de madeira localizadas na estrada que dá acesso a Comunidade Barreirinho, município de Poconé – MT._x000D_
 _x000D_
  Este serviço faz necessário em razão de que as mencionadas pontes oferecem acesso a várias propriedades rurais, atende serviços de transporte escolar, encontra-se bastante danificadas, se não houver a recuperação a estrada poderá ficar intransitável, como aproxima o período chuvoso, se não for recuperada, naturalmente causarão transtornos e prejuízos às regiões._x000D_
 _x000D_
                    Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024._x000D_
 Vereador Amarildo Schmieleski, PODEMOS</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3139/indicacao__no_011-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3139/indicacao__no_011-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção patrolamento, cascalhamento na estrada que dá acesso a Comunidade Furna I, município de Poconé – MT. _x000D_
 _x000D_
                                Justificamos a iniciativa tendo em vista reivindicações recebidas de moradores, clamando do estado de conservação da citada estrada, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
                       Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3140/indicacao__no_012-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3140/indicacao__no_012-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção patrolamento, cascalhamento nas estradas que dão acesso as Comunidade Passagem de Carro, Varal, Morro Cortado e Capão Verde, município de Poconé – MT. _x000D_
 _x000D_
                                Justificamos a iniciativa tendo em vista reivindicações recebidas de moradores, clamando do estado de conservação das citadas estradas, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
                       Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024._x000D_
 Vereador Amarildo Schmieleski, PODEMOS</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3141/indicacao__no_013-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3141/indicacao__no_013-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção como patrolamento, cascalhamento, limpeza com retirada de entulhos e iluminação pública no Distrito 120 (Vila 120), município de Poconé – MT. _x000D_
 _x000D_
     Estive no Distrito e pude ver de perto as condições em que se encontra o local no que se refere a estas melhorias. É necessário a inclusão destes serviços no cronograma de obras da SINFRA. _x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_070-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_070-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de a Prefeitura Municipal de Poconé e a concessionária  Brasil Central Engenharia, empresa responsavel pelo abastecimento de água na cidade de Poconé, realizem estudos visando fortalecer o sistema de abastecimento de água no Residencial Portal do Pantanal, com serviços de vistoria na rede de distribuição a fim de verificar se há necessidade de substituição de canos de maior polegadas, bem como a possibilidade de reativar poços artesianos situados dentro do Residencial e que estes poços tenham exclusividades no atendimento das familias  residentes no Residencial Portal do Pantanal, cidade de Poconé – MT, a fim de sanar problema crucial que os residentes enfrentam à anos com a falta de água.Sala das Sessões Josefa Gonçalves, 02 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_071-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_071-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O  vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl  Marques do Amaral, Prefeito Municipal, Deputados Estaduais Janaína Riva, Max Russi, Júlio Campos, Senador Jayme Campos e iniciativa privada, no sentido de buscar entendimentos e tomadas providências para assegurar recursos financeiros via emendas parlamentares nos orçamentos vindouros do Governo Estadual, Federal destinados à  Prefeitura Municipal de Poconé – MT, para conclusão de serviço de complementação/canalização, construção de calçadas e outras ações necessárias  no córrego Tereza Botas trecho compreendido entre a Rua  15 de Novembro até a Avenida Aníbal de Toledo, cidade de Poconé – MT, a fim de concluir a canalização e outras ações necessárias para transformar o aspecto urbanístico deste ponto da cidade em um local aconchegante propicio a visitação turística, saudável ao meio ambiente e as famílias residentes nas proximidades, vez que o córrego situa num ponto estratégic</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3144/indicacao_no_072-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3144/indicacao_no_072-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, tomadas de providências para complementação do asfalto na Rua Generoso Ponce, (reta Velha), até a Villa Baleares II, bairro São Benedito._x000D_
 _x000D_
 Por se tratar de uma reivindicação justa recebida de munícipes e importante na trafegabilidade dos residentes é que apresentamos esta Indicação, com a esperança de que no exercício de 2024, a Rua Generoso Ponce,  seja contemplada com conclusão do asfalto em toda sua extensão. _x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024. _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3145/indicacao_no_073-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3145/indicacao_no_073-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de efetuar serviços de revitalização asfáltica na Rua da Alegria, localizado no bairro São Judas, cidade de Poconé – MT._x000D_
 	_x000D_
 Há muitos buracos de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via em perfeito estado de trafegabilidade, faz necessário a realização desses serviços, pela qual esperamos contar com tomadas de providências por parte do Poder Executivo para solucionar os problemas._x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3146/indicacao_no_074-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3146/indicacao_no_074-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, estudar a viabilidade orçamentária e financeira para fazer correção/atualização na verba indenizatória destinadas aos agentes de endemias, município de Poconé – MT._x000D_
 _x000D_
 _x000D_
                                    Sala das Sessões Josefa Gonçalves, 05 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3147/indicacao_no_022-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3147/indicacao_no_022-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, buscar entendimentos a concessionaria ENERGISA para que em parceria viabilize a implantação de sistema de iluminação pública de LED da comunidade rural Laranjal, município de Poconé-MT._x000D_
 _x000D_
 Essa propositura atende antiga reivindicação da comunidade rural, a melhoria irá promover maior segurança, conforto e qualidade de vida para trabalhadores e as famílias residentes na comunidade, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 24 de julho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB._x000D_
  _x000D_
                                  Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3148/indicacao_no_023-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3148/indicacao_no_023-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviço de patrolamento, colocação de cascalhos, recuperação de pontes e/ou instalações de manilhas nas estradas que demanda as regiões de Xafariz, São Gonçalo II, “Manoel da Neves”, município de Poconé-MT._x000D_
 _x000D_
       A razão dessa iniciativa deve-se ao fato de que pontos das mencionadas estradas se encontram bastante danificadas necessitando urgente da realização destes serviços para oferecer aos sitiantes, munícipes em geral estradas com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 24 de julho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3149/indicacao_no_024-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3149/indicacao_no_024-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Guido Maria da Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, tomem as providências necessárias para atender pequenos produtores, sitiantes com serviços de preparos de terras para plantio (limpeza e gradeagem), distribuição e calcário com objetivo de fortalecer a agricultura familiar nas comunidades rurais Xafariz, São Gonçalo II, “Manoel da Neves”, município de Poconé-MT._x000D_
 _x000D_
         Sala das Sessões Josefa Gonçalves, 24 de julho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3150/indicacao_no_025-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3150/indicacao_no_025-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, aos Deputados Estaduais Thiago Silva, Doutor João, Juca do Guaraná, Janaina Riva, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, nas Comunidades rurais Xafariz e São Gonçalo II, “Manoel da Neves”,  município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 24 de julho de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB._x000D_
 _x000D_
                                  Vereador Luís Eduardo, “Dudu Carrapato”, UB.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3154/indicacao_no_046-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3154/indicacao_no_046-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de limpeza pública, (retirada de entulhos), na rua ao lado da represa do bairro Jurumirim, cidade de Poconé-MT._x000D_
    _x000D_
 _x000D_
    A razão desta propositura deve-se a solicitação recebida de moradores que procuraram este vereador cobrando providências no sentido de proceder à limpeza da rua acima mencionado, pois há muito mato e acúmulo de lixo, podendo se tornar um criadouro de insetos e animais peçonhentos e do Aedes aegypti (mosquito do dengue)._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, em 12 de agosto de 2024._x000D_
 _x000D_
                                   Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3155/indicacao_no_028-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3155/indicacao_no_028-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências junto ao Governo do Estado, Deputados Estaduais, Federais, Senadores, no sentido de viabilizar recursos orçamentários do Estado, União, via emendas parlamentares para que a Prefeitura Municipal priorize a obra de pavimentação asfáltica, meio fio e sarjeta na Travessa Alex Oliveira Suzarte da Silva, via pública localizada entre os Bairros São Benedito e Jardim das Palmeiras, inicio na Rua Joaquim Murtinho, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 12 de agosto de 2024._x000D_
 _x000D_
                                Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3156/indicacao_no_075-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3156/indicacao_no_075-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputados Estaduais Janaína Riva, Max Russi e Júlio Campos, Senador Jayme Campos, para que viabilizem entendimentos e tomadas de providências a fim de assegurar recursos financeiros destinados para aquisição de um Caminhão Prensa Coletor de Lixo Doméstico para o município de Poconé – MT._x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 12 de agosto de 2024. _x000D_
 _x000D_
 Vereador Márcio Fernandes, MDB.                     Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3157/indicacao_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3157/indicacao_no_004-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência  Nívia Calzoari, Secretária Adjunta de Obras Rodoviárias, no sentido de buscar entendimentos e tomadas de providências junto a SINFRA – MT, objetivando serviços de revitalização e/ou “tapa buracos”, na pista de rolamento da Estrada Parque “Zelito Dorileo/Transpantaneira”, trecho compreendido entre  término da Avenida Generoso Ponce até a Fazenda da Esperança (antigo colégio Nazaré), numa extensão de aproximadamente  15 km, município de Poconé-MT.  _x000D_
 O referido trecho encontra-se bastante danificado, muitos buracos, dificultando a trafegabilidade, considerando a movimentação diária de pessoas, e de proprietários de propriedades produtiva situadas as suas margens, é que solicitamos a realização destes serviços._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
  _x000D_
 _x000D_
                                   Vereador Luís Eduardo, “Dudu Carrapato</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3158/indicacao_no_026-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3158/indicacao_no_026-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviço de patrolamento e colocação de cascalho nos pontos críticos da estrada que dá acesso ao Programa de Assentamento Carrijo, bem como nas estradas situadas dentro do  assentamento, município de Poconé – MT._x000D_
 A razão dessa iniciativa deve-se ao fato de que pontos da mencionada estrada encontra-se bastante danificada necessitando urgente da realização destes serviços para oferecer aos sitiantes, munícipes em geral estrada com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 08 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3159/indicacao_no_027-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3159/indicacao_no_027-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar serviço de patrolamento e colocação de cascalho nos pontos críticos da estrada que dá acesso as Comunidades Rurais  Curralinho, Poço d’água e Buriti do Lopes, município de Poconé – MT._x000D_
 A razão dessa iniciativa deve-se ao fato de que pontos das mencionadas estradas se encontram bastantes danificadas necessitando urgente das realizações destes serviços para oferecer aos sitiantes, munícipes em geral estrada com possibilidade de trafegabilidade sem ocorrência de prejuízos no transporte da produção, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 08 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_no_028-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_no_028-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar aberturas de estradas e construção de pontes no assentamento quilombola Carretão, município de Poconé – MT._x000D_
 A razão dessa iniciativa deve-se ao fato da necessidade da realização destas melhorias para atender as necessidades dos pequenos produtores rurais  no que se refere ao transporte de suas produções, para serem comercializados em outras localidades, a falta dessas estruturas tem trazido sério prejuízo aos residentes, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 08 de agosto de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_no_029-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_no_029-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Deputados Estaduais Janaína Riva e Juca do Guaraná, no sentido de viabilizar junto a secretarias do Governo do Estado aquisição de uma caixa de água com capacidade de 5.000 litros para ser destinada a atendimento comunitário no Programa de Assentamento Carrijo, município de Poconé – MT._x000D_
 A razão desta iniciativa deve-se ao fato de que fomos procurados por famílias residentes nesta localidade para interceder junto ao setor competente em busca desta melhoria em razão de que os residentes sofrem com a falta de água potável, por falta da caixa de água para armazenamento, em razão disso é que buscamos parceria junto aos ilustres deputados para atender a comunidade. _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 08 de agosto de 2024._x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3162/indicacao_no_030-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3162/indicacao_no_030-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de viabilizar construção de uma estrutura física no Programa de Assentamento Carretão, município de Poconé – MT._x000D_
 A indicação ao Poder Executivo visa mostrar a necessidade da construção de uma estrutura física na comunidade rural P. A Carretão, município de Poconé._x000D_
 A comunidade supramencionada carece de espaço onde possam realizar reuniões religiosas, culturais, conversar e manter vínculos dentre os moradores, a razão pela qual pedimos que sejam tomadas as providências para a construção de uma estrutura física que possa atender estes eventos tão importante para aquela comunidade._x000D_
  _x000D_
     Sala das Sessões Josefa Gonçalves, 08 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3167/indicacao_no_047-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3167/indicacao_no_047-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica a Sua Excelência Deputado Estadual Max Russi, no sentido de interceder junto à Secretaria de Estado de Infraestrutura e Logística, para que sejam realizados serviços de tapa buraco e/ou recapeamento/lama asfáltica; podas de arvores, roçagem e limpezas nas margens da rodovia MT 451 Adauto Leite/Coenge, município de Poconé – MT, principalmente nos pontos localizados aproximadamente a 21 quilômetros do Distrito Nossa Senhora Aparecida do Chumbo sentido Entroncamento com a BR 070, bastante prejudicado._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 19 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                           _x000D_
                         Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3168/indicacao_no_013-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3168/indicacao_no_013-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Sua Excelência Deputado Estadual Carlos Avallone, no sentido de buscar entendimentos e providências junto a Secretaria de Estado de Infraestrutura e Logística, no sentido de providenciar a recuperação da estrutura física da placa  que  informa o início do Pantanal Mato-grossense situada no KM 17 da Estrada Parque Zélito Dorileo/Transpantaneira, município de Poconé, que foi danificado por um caminhão bueiro, conforme foto anexa._x000D_
 _x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, 20 de agosto de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                         Vereador Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3169/indicacao_no_076-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3169/indicacao_no_076-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, para que viabilize entendimentos e tomadas de providências a fim de assegurar recursos financeiros destinados para serviço de pavimentação asfáltica na Vila Beri Poconé, situada paralela a Rua Joaquim Murtinho, cidade de Poconé – MT._x000D_
 _x000D_
     _x000D_
 _x000D_
                                     Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
 _x000D_
                                   Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_no_077-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_no_077-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,  Eliane Maria de Arruda Souza, Secretária Municipal de Educação, para que o Poder Executivo estude a possibilidade de pagar adicional de insalubridade aos servidores lotados na Secretaria Municipal de Educação e em outras secretarias municipais no cargo de Apoio Administrativo, vez que este Servidores estão expostos a um alto risco de contaminação, como todos os profissionais que lidam com tarefas que podem ser prejudiciais à saúde tem o direito ao adicional de insalubridade, pelo o que esperamos contar com a acolhida do Poder Executivo no atendimento desta justa reivindicação. _x000D_
  _x000D_
 _x000D_
                                      Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
                                    Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_no_078-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_no_078-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de efetuar limpeza pública, retiradas de entulhos na Rua Alecrim, Quadra 07 localizada no Residencial GM  - Morro do Gato, cidade de Poconé – MT. _x000D_
 _x000D_
            Atendendo a justa reivindicação de moradores e transeuntes, a existência de quantidades consideráveis de materiais de várias naturezas jogadas inadequadamente nessa região, faz necessário o Poder Executivo fazer a realização desses serviços, pelo o que esperamos contar com a acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 _x000D_
                                      Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
                                       Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao_no_004-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Deputados Estaduais Wilson Santos e Júlio Campos, buscar entendimentos e tomadas de providências sobre a necessidade de instalação de placas de sinalização, redutores de velocidade na Estrada Parque Prof.ª Francisca Figueiredo Martins, proximidades da Comunidade Rural Bittencourt, município de Poconé._x000D_
    _x000D_
 Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024. _x000D_
  _x000D_
 _x000D_
 _x000D_
                                Vereador Sérgio Assunção, UB.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao__no_014-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao__no_014-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção patrolamento, cascalhamento nas estradas que dão acesso as Comunidade Passagem de Carro, Varal, Morro Cortado e Capão Verde, município de Poconé – MT. _x000D_
 _x000D_
                                Justificamos a iniciativa tendo em vista reivindicações recebidas de moradores, clamando do estado de conservação das citadas estradas, razão pela qual esperamos contar com o apoio do Poder Executivo no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
                       Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao__no_015-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao__no_015-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, para que seja colocado no cronograma de obras da SINFRA exercício de 2024 serviços de manutenção como patrolamento, cascalhamento, limpeza com retirada de entulhos e iluminação pública no Distrito 120 (Vila 120), município de Poconé – MT. _x000D_
 _x000D_
 Estive no Distrito e pude ver de perto as condições em que se encontra o local no que se refere a estas melhorias. É necessário a inclusão destes serviços no cronograma de obras da SINFRA. _x000D_
 _x000D_
 _x000D_
                       Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                              Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_no_079-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_no_079-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para realizar serviços de patrolamento, colocação de cascalhos nos pontos críticos da estrada que demanda a Comunidade Morrinho, município de Poconé – MT._x000D_
   A razão dessa iniciativa deve-se a situação que se encontram pontos da referida estrada, buracos dificultado a trafegabilidade de pessoas, face às inúmeras reclamações recebidas dos moradores, pelo o que esperamos contar com a acolhida de Poder Executivo visando a inclusão destes serviços no cronograma de obras da SINFRA, no exercício de 2024._x000D_
                                 Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
                               Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3177/indicacao_no_080-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3177/indicacao_no_080-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para complementar serviços de patrolamento, colocação de cascalhos nos pontos críticos das regiões Pantanalzinho e Espinhal, município de Poconé – MT._x000D_
   A razão dessa iniciativa deve-se ao fato de que a prefeitura municipal realizou estes serviços em alguns pontos das regiões, como tem outros pontos em situações que dificulta a trafegabilidade de pessoas,  face às inúmeras reclamações recebidas dos moradores, pelo o que esperamos contar com a acolhida de Poder Executivo, para que todos os residentes sejam contemplados com estes serviços._x000D_
  _x000D_
                                 Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
                               _x000D_
                                Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3178/indicacao_no_048-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3178/indicacao_no_048-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, realizar estudos para firmar parceria público privada (PPP), visando implantação de Empreendimentos Comerciais no entorno do aeródromo municipal “Inácio Tolentino de Barros”, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 23 de agosto de 2024._x000D_
 _x000D_
                         Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3179/indicacao_no_053-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3179/indicacao_no_053-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros  próprios, ou através do Governo do Estado ou via emenda parlamentar, destinado para a Prefeitura Municipal de Poconé, e inserir no cronograma de obras do município, serviço de asfalto, sarjeta e meio fio na Rua João Felix da Silva, “João Tora”, Bairro Cruz Preta, cidade de Poconé - MT._x000D_
 _x000D_
                                       Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3180/indicacao_no_054-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3180/indicacao_no_054-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros  próprios, ou através do Governo do Estado ou via emenda parlamentar, destinado para a Prefeitura Municipal de Poconé, e inserir no cronograma de obras do município, serviço de asfalto, sarjeta e meio fio na Rua Nossa Senhora do Livramento,  localizada no Bairro Boa Nova, cidade de Poconé - MT._x000D_
 Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_055-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_055-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de tomar as providências necessárias para reforma e adequação do mini-estádio Juvenal Benedito da Costa (Campo do Ensaio), localizado no bairro Cruz Preta, cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3182/indicacao_no_056-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3182/indicacao_no_056-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Deputado Estadual Carlos Avallone, no sentido de interceder junto ao setor competente a fim de que haja renegociação e/ou quitação de dívidas de famílias que foram contempladas com área mediante crédito fundiário que enfrentam sérias dificuldades para renegociar ou fazer a quitação._x000D_
 _x000D_
 _x000D_
 _x000D_
                                   Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_057-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_057-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica ao Senhor Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos com extensão de rede de distribuição de água, na comunidade Varzearia, município de Poconé – MT._x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
                            Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3184/indicacao_no_058-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3184/indicacao_no_058-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para fazer manutenção necessária nas pontes de madeira e patrolamento na estrada que dá acesso a Comunidade Barreirinho, município de Poconé – MT._x000D_
 _x000D_
  Estes serviços fazem necessários em razão de que as mencionadas pontes oferecem acesso a várias propriedades rurais, atende serviços de transporte escolar, encontra-se bastante danificadas, se não houver a recuperação a estrada poderá ficar intransitável, naturalmente causarão transtornos e prejuízos às regiões._x000D_
 _x000D_
 _x000D_
                                   Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
  Vereador Benedito Aurélio, PSDB. _x000D_
 _x000D_
 _x000D_
  Vereador Amarildo Shimieleski, PODEMOS</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_no_059-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_no_059-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Deputado Estadual Carlos Avallone, viabilizar recursos financeiros junto ao Governo do Estado e ou via emenda parlamentar para a Prefeitura Municipal de Poconé, destinado a construção de espaço apropriado para práticas da modalidade esportiva, “Grau”, no município de Poconé – MT._x000D_
 _x000D_
 _x000D_
                                   Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
 _x000D_
  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3186/indicacao_no_060-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3186/indicacao_no_060-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, para que promovam as medidas necessárias para substituir a Van por um dos ônibus recém adquiridos para prestar serviços de transporte escolar na Estrada Velha de Cáceres até proximidades da Comunidade Japão, município de Poconé – MT._x000D_
 _x000D_
     Justificamos a iniciativa tendo em vista que a Van que presta o serviço é bastante antigo, não possui ar condicionado, transporta crianças de várias idades e estes são merecedores de um transporte mais adequado, com aquisições de novos ônibus seria ideal que o Poder Público indicasse um dele para atender essa comunidade._x000D_
 _x000D_
 _x000D_
                                  Sala das Sessões Josefa Gonçalves, 26 de agosto de 2024._x000D_
 _x000D_
  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_049-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_049-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica a Sua Excelência Marcelo de Oliveira e Silva, Secretário Municipal de Infraestrutura e Logística, para construção de faixa elevada de pedestre ou redutor de velocidade na Estrada Parque “Prof.ª Francisca Figueiredo Arruda Martins” – MT 370 Poconé/Porto Cercado, nas proximidades do Residencial Canaã, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_031-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_031-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Deputados Estaduais Janaína Riva e Juca do Guaraná, no sentido de viabilizar junto a secretarias do Governo do Estado aquisição de uma caixa de água com capacidade de 5.000 litros para ser destinada a atendimento comunitário no Programa de Assentamento Chafariz, município de Poconé – MT.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_061-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_061-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a Sua Excelência Deputado Estadual Carlos Avallone, para que viabilize entendimentos e tomadas de providências junto ao Governo do Estado ou através de emenda parlamentar, assegurar recursos financeiros para reforma e ampliação da estrutura física da Colônia de Pescadores, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3192/indicacao_no_062-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3192/indicacao_no_062-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de limpeza pública, (retirada de entulhos), no bairro Boa Esperança, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_no_063-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_no_063-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Andreia Carolina Domingues Fujioka, Secretária de Estado de Agricultura Familiar, tome as providências necessárias visando a possibilidade de atender pequenos produtores, sitiantes com fornecimento de calcário com objetivo de fortalecer a agricultura familiar nas comunidades rurais do  município de Poconé-MT.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3194/indicacao_no_064-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3194/indicacao_no_064-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, tomadas de providencias necessárias para instalar bombas nos poços recém construídos em comunidades rurais, a fim de contemplar famílias com abastecimento em suas  residências, bem como atingir o objetivo da construção, vez que sem a instalação das bombas os poços praticamente não funcionam continuando as comunidades sem água potável principalmente nesse período de escassez que vivenciamos.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3195/indicacao_no_065-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3195/indicacao_no_065-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Carlos Avallone, Deputado Estadual, Alan Porto Secretário de Estado de Educação,  no sentido de buscar entendimentos e tomadas de providências para junto ao Governo do Estado ou via emenda parlamentar destinar recursos financeiros, para construção de quadra poliesportiva com cobertura na Escola Municipal Alegre II, localizada no P. A Carrijo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_066-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_066-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Andreia Carolina Domingues Fujioka, Secretária de Estado de Agricultura Familiar, no sentido  de viabilizar junto ao Governo do Estado aquisição e destinação de um caminhão para o município de Poconé – MT, com a finalidade de atender pequenos produtores no transporte de leite para ser comercializado em Poconé, Várzea Grande, Cuiabá.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3198/indicacao_no_050-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3198/indicacao_no_050-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Ataíl Marques do Amaral, Prefeito Municipal, Deputado Estadual Max Russi, a necessidade de se tomar medidas que objetivem a construção de poço artesiano com implantação de caixa de água para armazenamento suficiente para abastecer a população da Vila Aeroporto/Aeroporto, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3207/indicacao_no_051-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3207/indicacao_no_051-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Ataíl Marques do Amaral, Prefeito Municipal Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar parceria com o Governo do Estado/Secretaria de Estado de Saúde, para a implantação de curso de Língua  Brasileira de Sinais (LIBRAS), para servidores municipais de  todos os departamentos da Prefeitura Municipal de Poconé – MT, em especial das unidades de saúde, que prestam atendimento ao público._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 16 de setembro de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                            Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3208/indicacao_no_067-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3208/indicacao_no_067-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, para que seja colocado no cronograma de obras do Governo Estadual e Municipal, ainda no exercício corrente/ 2024, a reforma/manutenção ou substituição da ponte situada na estrada que dá acesso a Comunidade Modelo, município de Poconé – MT, por ponte de concreto/ou aço.	_x000D_
 _x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 16 de setembro de 2024._x000D_
 _x000D_
  _x000D_
                            Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3209/indicacao_no_082-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3209/indicacao_no_082-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Deputados Estaduais Dr. João, Janaína Riva, no sentido de articular junto ao Secretário de Estado de Infraestrutura e Logística Marcelo de Oliveira e Silva, tomadas de providências no sentido de inserir no projeto de revitalização da Estrada Parque Prof.ª Francisca Figueiredo Martins, instalações de sinalizações adequadas (quebra-molas, lombadas), em substituições as sinalizações “olho de gato”, nas proximidades da Comunidade Rural Bittencourt, município de Poconé._x000D_
    _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 16 de setembro de 2024._x000D_
 _x000D_
 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3210/indicacao_no_024-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3210/indicacao_no_024-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA, a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal e a empresa Concessionária Energisa, buscar entendimentos para que mediante parceria, regularizem sistema de iluminação pública na extensão da Avenida Adílio Pereira Leite, bairro Aeroporto, cidade de Poconé – MT._x000D_
 _x000D_
 Justificamos a iniciativa da celebração da parceria para que possa sanar deficiência de iluminação pública, na citada avenida, onde a escuridão contribui com as ações de vandalismos, práticas de algazarras e outras, deixando residentes, transeuntes inseguros, este melhoramento inibirá estas ações, pelo o que esperamos contar com acolhida do Poder Executivo Municipal._x000D_
 _x000D_
                          Sala das Sessões Josefa Gonçalves, 16 de setembro de 2024._x000D_
 Vereador Fábio de Oliveira, UB</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_no_025-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_no_025-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, viabilizar pontos de luzes em pontos estratégicos na rede de distribuição de energia elétrica situadas na Comunidade Rural Capão do Angico, município de Poconé - MT._x000D_
    Esta melhoria é de suma importância para os residentes, visto que utilizam as vias no periodo noturno, para irem nas vizinhanças, a escuridão compromete consideralvemente a segurança dos municipes, principalmente aos mais idosos, para facilitar a caminhada faz necessário oferecer a estes pontos iluminados._x000D_
 _x000D_
 _x000D_
                                Sala das Sessões Josefa Gonçalves, 23 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                                Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_no_052-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_no_052-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para execução de patrolamento em toda extensão e colocação de cascalhos nos pontos críticos da estrada que demanda a região do Boqueirão, município de Poconé – MT._x000D_
 _x000D_
 Solicitamos essa ação, haja vista a importância da manutenção da estrada, a fim de mantê-la em boa condição de trafegabilidade, oferecendo segurança e celeridade aos transeuntes._x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 19 de setembro de 2024;_x000D_
 _x000D_
                             Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3215/indicacao_no_083-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3215/indicacao_no_083-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, Guido Maria da Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no sentido de buscar entendimentos e tomadas de providências para construção de tanques para criação de peixes e reservatórios de água para atender outras necessidades das propriedades situadas nas comunidades rurais Espinhal e Piraputanga, município de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 23 de setembro de 2024. _x000D_
                               _x000D_
                              Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3216/indicacao_no_084-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3216/indicacao_no_084-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Mauro Mendes, Governador do Estado de Mato Grosso,  Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido de buscar entendimentos e tomadas de providências para viabilizar estudo técnico objetivando a construção da duplicação das pontes situadas na Estrada Parque “Professora Francisca de Figueiredo Martins, Poconé/Porto Cercado, município de Poconé-MT._x000D_
 Considerando que a Estrada Parque é uma importante ligação da cidade de Poconé e outras regiões ao Porto Cercado e adjacências;_x000D_
 Considerando que o fluxo de veículos tem crescido muito nos finais de semana, feriados, ocasionando um acúmulo de veículos ao longo da estrada Parque e sobre as pontes de acesso, devido a serem mão única;_x000D_
 Sala das Sessões Josefa Gonçalves, 23 de setembro de 2024._x000D_
 _x000D_
                              Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_085-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_085-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O  vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera as Suas Excelências Ataíl  Marques do Amaral, Prefeito Municipal, Deputados Estaduais Janaína Riva, Max Russi, Júlio Campos, Senador Jayme Campos e iniciativa privada, no sentido de buscar entendimentos e tomadas providências para assegurar recursos financeiros via emendas parlamentares nos orçamentos vindouros do Governo Estadual, Federal destinados à  Prefeitura Municipal de Poconé – MT, para conclusão de serviço de complementação/canalização, construção de calçadas e outras ações necessárias  no córrego Tereza Botas trecho compreendido entre a Rua  15 de Novembro até a Avenida Aníbal de Toledo, cidade de Poconé – MT._x000D_
                                 Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
                              Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3218/indicacao_no_086-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3218/indicacao_no_086-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O  vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, proceda estudos para elaboração de projeto visando buscar recursos financeiros junto ao Governo do Estado, Deputados Federais Estaduais e Senadores, para construção de uma Escola Indígena (OCA), na região ribeirinha Aldeia Índios Guatós, município de Poconé. _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de outubro de 2024._x000D_
 _x000D_
                                  Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3219/indicacao_no_053-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3219/indicacao_no_053-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de tapa buracos na Rua Equador, localizada no bairro Vila Aurora, cidade de Poconé – MT._x000D_
 _x000D_
   Levar esse serviço na via pública mencionada, faz necessário devido existências de buracos alguns de grandes proporções, trazendo sérias consequências no trânsito, para oferecer aos usuários via pública adequada para trafegar, faz necessário a realização de uma operação tapa buraco, pela qual esperamos contar com tomadas de providências por parte do Poder Executivo para solucionar os problemas._x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3220/indicacao_no_054-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3220/indicacao_no_054-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para fazer manutenção necessária na ponte de madeira próximo ao Frigorifico Frigoné, situada na Estrada Velha que liga Poconé a Cáceres, município de Poconé – MT._x000D_
 _x000D_
  Este serviço faz necessário em razão de que a mencionada ponte oferece acesso a várias propriedades rurais, atende serviços de transporte escolar, encontra-se bastante danificada, se não houver a sua recuperação a estrada poderá ficar intransitável, vez que aproxima o período chuvoso, naturalmente causarão transtornos e prejuízos às regiões._x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3221/indicacao_no_027-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3221/indicacao_no_027-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Lauro Pereira Leite, Secretário Municipal de Meio Ambiente, no sentido de buscar entendimentos com a finalidade de realizar estudo visando a construção de um Borboletário Municipal , na cidade de Poconé – MT._x000D_
 _x000D_
                            Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3222/indicacao_no_028-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3222/indicacao_no_028-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, no sentido de buscar entendimentos para instalar uma placa em pontos estratégicos na Escola Municipal Dom Pedro II, situada na comunidade Capão do Angico, município de Poconé – MT, narrando a história de vida do cidadão Antônio Faustino Ribeiro do Prado._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao__no_016-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao__no_016-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para fazer manutenção necessária na ponte de madeira localizada no Assentamento Agroana Girau, Núcleo São João, município de Poconé – MT, estrada que dá acesso ao Linhão._x000D_
 _x000D_
  Este serviço faz necessário em razão de que a mencionada ponte oferecem acesso a várias propriedades, atende serviço de transporte escolar, encontra-se bastante danificadas, a trafegabilidade está acontecendo através de desvio, se não houver a sua recuperação o trânsito poderá ser interrompido, vez que se aproxima o período chuvoso, naturalmente causarão transtornos e prejuízos aos usuários._x000D_
 _x000D_
                         Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                          Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3224/indicacao_no_032-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3224/indicacao_no_032-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade de tomadas de providências para aquisição e instalação de novos aparelhos de ar condicionados na estrutura física da UBS do João Godofredo, bem como efetuar manutenção nos aparelhos já existentes._x000D_
 _x000D_
     Justificamos a iniciativa tendo em vista a uma visita efetuada nesta semana na UBS e pude observar a necessidade de novas instalações e da manutenção nos existentes para oferecer melhor comodidade aos pacientes e profissionais de saúde. _x000D_
     Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
                                 Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_no_014-2024_ver._itamar_lourenco..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_no_014-2024_ver._itamar_lourenco..pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido de viabilizar melhoramento na estrutura física do ponto de embarque e desembarque de passageiros situado a margem da Avenida Senador Jonas Pinheiro, bairro Santa Terezinha, cidade de Poconé – MT, com serviços de pintura, recuperação de concreto, construção de uma sala fechada climatizada e outros serviços que se fazem necessários._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 25 de setembro de 2024._x000D_
 _x000D_
                               Vereador Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3232/indicacao_no_087-2024_ver._marcio_fernandes..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3232/indicacao_no_087-2024_ver._marcio_fernandes..pdf</t>
   </si>
   <si>
     <t>O  vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, proceda estudos para instalações de mais bueiros, “boca de lobos”, em pontos estratégicos da rua 07 de Setembro, Centro, cidade de Poconé – MT, com a finalidade de melhorar a vasão das águas fluviais em toda a extensão da citada via pública._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 14 de outubro de 2024._x000D_
 _x000D_
                                 Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3233/indicacao_no_029-2024_vereadora_jocilma_amaral..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3233/indicacao_no_029-2024_vereadora_jocilma_amaral..pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de efetuar limpezas públicas que se fazem necessárias nas margens da Avenida Sérgio de França, trecho compreendido entre a esquina da Rua Didi Falcão, bairro Boa Esperança até o empreendimento Haras Santa Rita, cidade de Poconé – MT._x000D_
                                Sala das Sessões Josefa Gonçalves, 14 de outubro de 2024._x000D_
  _x000D_
                                 Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_no_005-2024..pdf</t>
   </si>
   <si>
     <t>O vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica a Sua Excelência Deputado Estadual Beto Dois a Um, para que viabilize entendimento e tomadas de providências junto a METAMAT, para construção de 10 poços artesianos, sendo 05 na zona urbana e 05 na zona rural, município de Poconé._x000D_
 _x000D_
    Justificamos a iniciativa tendo em vista que fomos procurados por famílias residentes nestas localidades para interceder junto a METAMAT, em busca desta melhoria em razão de que alguns residentes ainda sofrem com a falta de água potável, pelo que esperamos contar com a acolhida do ilustre Deputado no atendimento desta justa reivindicação._x000D_
 _x000D_
       Sala das Sessões Josefa Gonçalves, 15 de outubro de 2024._x000D_
 _x000D_
  _x000D_
 _x000D_
                                   Vereador Luís Eduardo, “Dudu Carrapato”, UB.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_055-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_055-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar serviços de limpeza pública, (retirada de entulhos), na rua ao lado da represa do bairro Jurumirim, cidade de Poconé-MT._x000D_
    _x000D_
     A razão desta propositura deve-se a solicitação recebida de moradores que procuraram este vereador cobrando providências no sentido de proceder à limpeza da rua acima mencionada, pois há muito mato e acúmulo de lixo, podendo se tornar um criadouro de insetos e animais peçonhentos e do Aedes aegypti (mosquito do dengue)._x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 21 de outubro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3239/indicacao__no_017-_2024_ver._amarildo_schimieleski..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3239/indicacao__no_017-_2024_ver._amarildo_schimieleski..pdf</t>
   </si>
   <si>
     <t>O vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Guido Maria da Silva, Secretário Municipal de Desenvolvimento Agropecuário, para que viabilize entendimento e tomadas de providências junto a METAMAT,  para construção de  poço artesiano no Distrito de 120 (Vila 120), município de Poconé – MT._x000D_
 _x000D_
    Justificamos a iniciativa tendo em vista que fomos procurados por famílias residentes nesta localidade para interceder junto a METAMAT, em busca desta melhoria em razão de que alguns residentes ainda sofrem com a falta de água potável, pelo que esperamos contar com a acolhida das autoridades no atendimento desta justa reivindicação._x000D_
 _x000D_
 _x000D_
                         Sala das Sessões Josefa Gonçalves, 21 de outubro de 2024._x000D_
 _x000D_
 _x000D_
                          Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3242/indicacao_no_056-2024_vereador_sergio_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3242/indicacao_no_056-2024_vereador_sergio_maracana..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para execução de patrolamento e colocação de cascalhos nos pontos críticos na Rua Piraputanga até a cabeceira do Aeroporto Municipal Inácio Tolentino de Barros, cidade de Poconé – MT._x000D_
 _x000D_
       Solicitamos essa ação, haja vista a importância da manutenção da via pública, a fim de mantê-la em boa condição de trafegabilidade, oferecendo segurança e celeridade aos transeuntes._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
                                    Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3243/indicacao_no_068-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3243/indicacao_no_068-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, Guido Maria da Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, a necessidade de atender os pequenos produtores rurais do Assentamento Carandazinho, com serviços de gradeagem, preparo do solo para plantio visando o fortalecimento da agricultura familiar._x000D_
 _x000D_
       O atendimento a esta reivindicação com deslocamentos de máquinas agrícolas para gradear e preparar o solo para o plantio faz necessário por ser o momento oportuno para aproveitar o período chuvoso para que os pequenos produtores e famílias possam fazer a sua plantação, pelo o que esperamos contar com a acolhida do Poder Executivo._x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3244/indicacao_no_069-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3244/indicacao_no_069-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para fazer manutenção necessária nas pontes de madeira que dá acesso ao Assentamento Carrijo, município de Poconé – MT._x000D_
 _x000D_
  Este serviço faz necessário em razão de que as pontes oferecem acesso a várias propriedades rurais, atende serviços de transporte escolar, encontra-se bastante danificadas, se não houver a manutenção naturalmente causarão transtornos e prejuízos às regiões._x000D_
 _x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
 _x000D_
  Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3248/indicacao_no_070-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3248/indicacao_no_070-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Reitera a Sua  Excelência Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, para que seja colocado no cronograma de obras do Governo Estadual, a reforma/manutenção ou substituição da ponte situada na estrada que dá acesso a Comunidade Modelo, município de Poconé – MT, por ponte de concreto/ou aço.	_x000D_
 _x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 14 de novembro de 2024._x000D_
 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_071-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_071-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica a  Concessionária Brasil Central, a solicitação recebida de famílias residentes no Distrito de Cangas, município de Poconé, a respeito da falta de água nas residências desde o dia 13 de novembro de 2024, em razão de danificação da bomba que faz a distribuição de água nas redes, pelo o que esperamos contar com a acolhida da Concessionária Brasil Central na resolução do problema com maior rapidez possível._x000D_
  _x000D_
 _x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 19 de novembro de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                              Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_no_033-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_no_033-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Deputados Estaduais Janaína Riva, Max Russi, Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, a necessidade de buscar entendimentos e tomadas de providências para construção de Poços Artesianos Comunitários com extensão de rede de distribuição de água, no Programa de Assentamento Carrijo, município de Poconé – MT, no exercício de 2025._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 25 de novembro de 2024._x000D_
 _x000D_
 _x000D_
                               Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3253/indicacao_no_034-2024_vereadora_fatima..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3253/indicacao_no_034-2024_vereadora_fatima..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Senador Jayme Campos, Deputados Estaduais Janaína Riva, Max Russi, a necessidade de buscar entendimentos e tomadas de providências visando estudo para criação de programa de energia solar para pequenos agricultores e famílias de baixa renda urbana e rural._x000D_
  _x000D_
   Sala das Sessões Josefa Gonçalves, 25 de novembro de 2024._x000D_
 _x000D_
 _x000D_
                               Vereadora Fátima, de Aquino, MDB.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2771/mocao_de_aplausos_no_001-2024_ver._serjao..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2771/mocao_de_aplausos_no_001-2024_ver._serjao..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o regimento interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda ao devido registro nos anais deste legislativo e encaminhe a presente Moção de Aplausos ao Sr. Ricardo Rodrigo Corrêa da Silva._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplauso ao Senhor Ricardo Rodrigo Corrêa da Silva, CPF: 736.640.901-44, por desempenhar com eficiência, responsabilidade e dedicação a função de Escrevente junto ao Cartório do 1º oficio, cidade de Poconé – MT._x000D_
 _x000D_
 Sérgio Assunção, MDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>Moção de Aplausos ao_x000D_
 Sr. Eduardo Henrique Gimenez Melo_x000D_
 Poconé – MT._x000D_
 Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis,_x000D_
 requer a Mesa Diretora com anuência do soberano plenário para que proceda ao devido_x000D_
 registro nos anais deste legislativo e encaminhe a presente Moção de Aplausos ao Senhor_x000D_
 Eduardo Henrique Gimenez Melo._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção_x000D_
 de Aplausos ao Senhor Eduardo Henrique Gimenez Melo , pela construção e inauguração da_x000D_
 pista na Estância TR situada na região do Distrito de Cangas, município de Poconé, e a_x000D_
 realização do belíssimo evento prova de laço no período de 16 a 18 de fevereiro de 2024, com_x000D_
 excelente premiação e presença maciça da população._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 19 de fevereiro de 2024._x000D_
 MOÇÃO DE APLAUSOS_x000D_
 Nº 001/2024_x000D_
 POCONÉ MT, 19/02/2024._x000D_
 Autoria_x000D_
 Vereador Benedito</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2775/mocao_de_aplausos_no_001-2024_vereadora_jossielma..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2775/mocao_de_aplausos_no_001-2024_vereadora_jossielma..pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a _x000D_
 Senhora Maria Otávia Dorileo Campos_x000D_
 Poconé - MT._x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda ao devido registro nos anais deste legislativo e encaminhe a presente Moção de Aplausos a Sra. Maria Otávia Dorileo Campos._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos a profissional de saúde Psicóloga Maria Otavia Dorileo Campos, lotada na Secretaria Municipal de Assistência Social Emprego e Renda, cidade de Poconé – MT, pelo relevante trabalho que vem desempenhando na função de psicóloga, realiza um trabalho focada na ética, na qualidade e principalmente na seriedade, contribuindo do ponto de vista psicológico, para a recuperação da saúde das pessoas, através da sua profissão, agindo sempre com lisura e</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2781/mocao_de_aplausos_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2781/mocao_de_aplausos_no_001-2024..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO_x000D_
 DESEMBARGADOR JUVENAL PEREIRA DA SILVA._x000D_
 CORREGEDOR-GERAL DA JUSTIÇA._x000D_
 Com fundamento no que dispõe o regimento interno desta_x000D_
 Casa de Leis, requer a mesa diretora com anuência do soberano plenário para_x000D_
 que proceda ao devido registro nos anais deste legislativo e encaminhe a_x000D_
 presente Moção de Aplausos ao Desembargador Juvenal Pereira da Silva._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Vereador Fábio de Oliveira, UB._x000D_
 Vereador Sérgio Assunção, MDB</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/mocao_de_aplausos_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/mocao_de_aplausos_no_002-2024..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO_x000D_
 PROFESSOR FLÁVIO ASSUMPÇÃO_x000D_
 POCONÉ – MT._x000D_
 Com fundamento no que dispõe o regimento interno desta Casa de_x000D_
 Leis, requer a Mesa Diretora com anuência do soberano plenário para que proceda_x000D_
 ao devido registro nos anais deste legislativo e encaminhe a presente Moção de_x000D_
 Aplausos.ao Professor Flávio Assumpção, com o texto abaixo:_x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta,_x000D_
 Moção de Aplausos, ao Professor Flávio Assumpção, pela idealização do Projeto Sabá,_x000D_
 criado no ano de 2019 com a participação de voluntários de vários países que se_x000D_
 engajam em atividades nas áreas de educação e cultura, em Poconé são 30 famílias_x000D_
 em situação de vulnerabilidade assistidas pelo Projeto no Bairro Areão._x000D_
 Para contribuir na apreciação da Moção anexamos a matéria_x000D_
 estampada na RD News no dia 03 de março de 2024, elaborada pela jornalista_x000D_
 Geovanna Torquato, onde descreve a importância do Projeto Sabá._x000D_
 S</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/mocao_de_aplausos_no_002-2024_ver._benedito..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/mocao_de_aplausos_no_002-2024_ver._benedito..pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao _x000D_
 Sr. João Locidônio Guimaraes _x000D_
 Poconé – MT._x000D_
                               Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                  Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a Mesa Diretora com anuência do soberano plenário para que proceda ao devido registro nos anais deste legislativo e encaminhe a presente Moção de Aplausos ao Senhor João Locidônio Guimaraes _x000D_
                              A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Senhor João Locidônio Guimaraes, A Câmara Municipal de Poconé, Estado de Mato Grosso através dos vereadores que a compõem, legítimos representantes do povo poconeano apresenta Moção de Aplausos ao cidadão João Locidônio Guimarães, nascido nesta cidade em 07 de janeiro de 1958, residente e domiciliado á Praça Bem Rondon, Centro, servidor Público Municipal, matricula N1124</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2882/mocao_de_aplausos_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2882/mocao_de_aplausos_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                               _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos aos Senhores Frank Marcelino da Costa, 1º Tenente do Corpo de Bombeiros, Alex Bispo Alves, Sub Tenente, Pedro Henrique de Assis Souza, Soldado Bombeiro Militar, pelo   excelente serviço prestado no dia 01 de abril de 2024, no resgate de um jovem que estava desaparecido após adentrar um rio na localidade da comunidade Laranjeiras, na região do Pantanal município de Poconé - MT. _x000D_
                       Que seja dado conhecimento desta aos homenageados. _x000D_
 _x000D_
 _x000D_
                       Sala das Sessões Josefa Gonçalves, em 08 de abril de 2024._x000D_
 _x000D_
 _x000D_
                     Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2883/mocao_de_aplausos_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2883/mocao_de_aplausos_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos ao Senhor Jonildo Luís Martins, (popular Baixote), cidadão de bem, inteligente, com relevantes serviços prestados ao município de Poconé – MT, como servidor público municipal concursado Técnico em Agropecuária, lotado na Secretaria Municipal de Desenvolvimento Agropecuário e Rural desde 03 de junho de 2006._x000D_
                             Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2900/mocao_de_aplausos_no_002-2024_vereadora_jossielma..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2900/mocao_de_aplausos_no_002-2024_vereadora_jossielma..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A _x000D_
 SENHORA IANA MARA FALCÃO SILVA CAMPOS_x000D_
 POCONÉ - MT._x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos a Senhora Iana Mara Falcão Silva Campos, Enfermeira na  UBS do Distrito de Nossa Senhora Aparecida do Chumbo, município de Poconé – MT, como forma de reconhecer, enaltecer o trabalho com cuidado, dedicação, responsabilidade, ética, carinho, amor e uma grande dose de humanidade que desempenha na saúde pública._x000D_
 _x000D_
 Parabéns, Enfermeira, pela valorosa contribuição prestada a sociedade poconeana como profissional de saúde _x000D_
 _x000D_
 Que seja dada conhecimento desta a homenageada._x000D_
  _x000D_
  Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
 _x000D_
   Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_de_aplausos_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_de_aplausos_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos as Senhoras Mylene Nayara de Oliveira Carmo e Taynara Brandão de Moraes, voluntárias, em reconhecimento a organização do evento tradicional “Malhação do Judas”, realizado dia 31 de março de 2024, no bairro Boa Nova, cidade de Poconé – MT, recheados de diversas atividades culturais, sociais e com maciça participação do público estimado de mais de 500 pessoas. _x000D_
 _x000D_
 Que seja dado conhecimento desta as homenageadas._x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, 12 de abril de 2024._x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/mocao_de_aplausos_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/mocao_de_aplausos_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos aos Produtores Rurais do município de Poconé – MT._x000D_
 Razão pela qual, requeremos o apoio e aprovação dos meus pares nessa Casa de Leis. _x000D_
 _x000D_
 Que seja dado conhecimento desta aos homenageados._x000D_
 _x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 12 de abril de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_de_aplauso_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_de_aplauso_no_001-2024..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A _x000D_
 SENHORA CAMILLA PAMELA MARQUETTI_x000D_
 POCONÉ – MT._x000D_
 _x000D_
                                A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplausos a Senhora Camilla Pamela Marquetti, proprietária da Loja CamiLook, loja de roupas femininas, estabelecida na cidade de Poconé – MT, oferecendo a clientela moda modesta, elegante, atemporal e de boa qualidade._x000D_
 _x000D_
  Essa Moção de Aplausos é fruto do mérito e reconhecimento por esse maravilhoso trabalho prestado a sua clientela, merece o reconhecimento desta Casa Legislativa._x000D_
 _x000D_
 Que seja dado conhecimento desta a homenageada. _x000D_
 _x000D_
                               Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 _x000D_
 _x000D_
                             Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2916/mocao_de_aplausos_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2916/mocao_de_aplausos_no_004-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplausos ao Senhor Manoel Rodrigues Jesus, pelos relevantes serviços prestados no fortalecimento da agricultura familiar, grande produtor ligado a plantação de hortaliças, legumes e frutas, abastecendo mercados estabelecidos na cidade de Poconé – MT._x000D_
 _x000D_
  Essa Moção de Aplausos é fruto do mérito e reconhecimento por esse maravilhoso trabalho prestado no fortalecimento da agricultura familiar, merece o reconhecimento desta Casa Legislativa._x000D_
 _x000D_
  Que seja dado conhecimento desta ao homenageado. _x000D_
 _x000D_
 _x000D_
                              Sala das Sessões Josefa Gonçalves, em 22 de abril de 2024._x000D_
 _x000D_
 _x000D_
                             Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2964/mocao_de_aplausos_no_003-2024_ver._benedito..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2964/mocao_de_aplausos_no_003-2024_ver._benedito..pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a _x000D_
 Sra. Lauanne Aparecida Bastos Silva_x000D_
 Poconé – MT._x000D_
 _x000D_
                               Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                  Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a Mesa Diretora com anuência do soberano plenário para que proceda ao devido registro nos anais deste legislativo e encaminhe a presente Moção de Aplausos a Senhora Lauanne Aparecida Bastos Silva._x000D_
 _x000D_
                              A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos a Senhora Lauanne Aparecida Bastos Silva, pelos excelentes trabalhos desenvolvidos no Espaço Lauanne Bastos, atuando como esteticista, manicure, nail designer, instrutora de cursos._x000D_
  _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 13 de maio de 2024._x000D_
 _x000D_
 	_x000D_
 _x000D_
 _x000D_
                                                        Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3012/mocao_de_aplausos_01-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3012/mocao_de_aplausos_01-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APLAUSO À SRª _x000D_
 ILMA REGINA DE FIGUEIREDO, SECRETÁRIA_x000D_
 MUNICIPAL DE SAÚDE, PELOS AVANÇOS_x000D_
 CONQUISTADOS EM SUA GESTÃO._x000D_
                       _x000D_
 Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno da Câmara Municipal de Poconé, requeiro à mesa diretora, com anuência do soberano plenário que proceda ao devido registro nos anais deste Legislativo e encaminhe a presente Moção de APLAUSO à Srª Ilma Regina de Figueiredo, com os seguintes dizeres:_x000D_
 _x000D_
 A Câmara Municipal de Poconé, representada pelos Vereadores que a compõe e expressando o pensamento da sociedade Poconeana concede a presente Moção de APLAUSO à Srª Ilma Regina de Figueiredo, Secretária Municipal de Saúde, pelos avanços conquistados na área de saúde no município de Poconé, durante sua gestão à frente da secretaria. _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de Maio de 2024_x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3013/mocao_de_aplausos_01-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3013/mocao_de_aplausos_01-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos as _x000D_
 Senhoras Zeila Cecilia e Zita Eliney_x000D_
 Poetisas Poconeanas._x000D_
                        Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
                              Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a Mesa Diretora com anuência do soberano Plenário para que proceda ao devido registro nos anais deste Legislativo e encaminhe a presente Moção de Aplausos as Senhoras Poetisas Poconeanas Zeila Cecilia e Zita Eliney, pelo lançamento do seus mais recentes livros “Sabor, Poesia &amp; Pessoas Especiais” e “Retratos Poconeanos”, e noite de Autógrafos, no dia 24 de maio de 2024, no auditório do SESC Poconé – MT._x000D_
         Sala das Sessões Josefa Gonçalves_x000D_
 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 		_x000D_
 Itamar Lourenço, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3041/mocao_de_aplausos_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3041/mocao_de_aplausos_no_005-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Sindicato Rural de Poconé, na pessoa do Presidente Raul Santos Costa Neto, a Associação Brasileira de Criadores do Cavalo Pantaneiro, na pessoa do Presidente Leandro Pio da Silva Campos, pela realização com sucesso da 45ª Semana do Cavalo Pantaneiro e a 21ª Exposição Agropecuária de Poconé, no período de 29 de maio a 01 junho de 2024 na cidade de Poconé – MT, com presença marcante da população, excelente rodeio e show nacional._x000D_
 _x000D_
 _x000D_
  Que seja dado conhecimento desta aos homenageados. _x000D_
 _x000D_
 _x000D_
                            Sala das Sessões Josefa Gonçalves, em 03 de junho de 2024._x000D_
 _x000D_
                             Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3042/mocao_de_aplausos_no_004-2024_ver._benedito..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3042/mocao_de_aplausos_no_004-2024_ver._benedito..pdf</t>
   </si>
   <si>
     <t>anunciados pelo poder  público por ocasião do aniversário da cidade e até a presente data não observamos qualquer movimentação no que se refere as suas instalações._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3043/mocao_de_aplausos_no_005-2024_ver._benedito..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3043/mocao_de_aplausos_no_005-2024_ver._benedito..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Naudson Bastos, Secretário Municipal de Infraestrutura, buscar entendimentos para efetuar serviços de tapa buracos nas vias públicas localizadas no Residencial Portal do Pantanal, cidade de Poconé - MT._x000D_
 _x000D_
      A razão desta solicitação deve-se a solicitação recebida de moradores e da necessidade da realização destes serviços para melhorar a trafegabilidade nas vias públicas, vez que as mesmas encontram tomadas por buracos, pelo o que esperamos contar com acolhida do Poder Executivo a esta justa reivindicação. _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 05 de fevereiro de 2024._x000D_
 _x000D_
 _x000D_
 Benedito Aurélio, PP. _x000D_
  Vereador</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3045/mocao_de_aplausos_no_003-2024_vereadora_jossielma..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3045/mocao_de_aplausos_no_003-2024_vereadora_jossielma..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos aos Bombeiros Civis Jidalton Schneider da Costa, Pedro Rooney Vaz Guimarães Filho e Rosalina de Oliveira, como forma de reconhecer, enaltecer o trabalho com cuidado, dedicação, responsabilidade, que desempenham em prol da  população._x000D_
 _x000D_
                               “A profissão do Bombeiro Civil é extremamente importante para  a cidade. Homenagea-los significa reconhecer o que essa categoria faz pela população, atuando nos primeiros socorros, ajudando as vitimas, apagando incendios e outras ações importantes que desenvolvem”._x000D_
 _x000D_
                                 È necessário reconhecer, valorizar e estimular o trabalho desenvolvidos por esses bombeiros a população._x000D_
 _x000D_
  Que seja dada conhecimento desta aos homenageados._x000D_
  _x000D_
   Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3051/mocao_de_congratulacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3051/mocao_de_congratulacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Congratulações em comemoração ao Dia da Marinha  Brasileira, por meio da Capitania Fluvial de Mato Grosso pelas ações realizadas no município de Poconé – MT, com intuito de regularizar a situação dos condutores de embarcações a Capitania realizou-se no município vários cursos de formação de aquaviários. _x000D_
 Que sejam homenageadas com essa Moção todos os componentes da Capita Fluvial de Mato Grosso em especial ao Jorge Henrique Correia de Sá_x000D_
 Capitão de Fragata/Capitão dos Portos de Mato Grosso, Luciano Lima de Farias – Suboficial, Eduardo Soares Petsold da Silva – 3º Sargento, Luâ Marley Caldas Freitas Santos - 3º Sargento, em reconhecimento da Câmara Municipal de Poconé aos relevantes serviços prestados pela Capitania em beneficio da sociedade poconeana e região. _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 10 de junho de   2024._x000D_
 _x000D_
 Vereador Marcinho</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3082/mocao_de_congratulacao_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3082/mocao_de_congratulacao_no_001-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Congratulações as Senhoras Maria Guimarães de Campos, residente da Rua Salvador Marques, nº 418, nesta cidade nascida em 19/06/1922, e Dulce Guimarães de Aquino Nunes, residente à Praça do Residencial Pantaneiro, nº 81 (Cohab Velha), nascida em 12/04/1931 e Senhor Vicente Correa de Arruda, residente à Rua Barão de Poconé nº 294, nascido em 27/11/1927, todos naturais deste Munícipio de Poconé, pelos relevantes serviços prestados a comunidade e pelas longevidades conquistadas._x000D_
                           Que seja dado conhecimento desta aos homenageados. _x000D_
 _x000D_
 _x000D_
 Sala das Sessões “Josefa Gonçalves”, em 10 de junho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3091/mocao_de_congratulacao_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3091/mocao_de_congratulacao_no_002-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Congratulações a todos os vigilantes patrimoniais atuantes na Vigilância Patrimonial, no município de Poconé, pelo seu dia, comemorado no dia 20 de junho do corrente, e também pelos excelentes trabalhos que esses profissionais prestam a municipalidade._x000D_
  _x000D_
 A função de vigilante é imprescindível e muito digna o que amplia a sua participação em todos os setores com maior importância, mesmo com o avanço da tecnologia voltado para a segurança, sempre dependerá da ação do homem preparando o proativo._x000D_
 _x000D_
 Deliberado com voto favoravelmente seja oficializado aos vigilantes patrimoniais: Wellington Figueiredo Pereira; Amanda Gertrudes de Arruda; Lilian Gonçalves Muniz e Luiz Catarino da Silva Júnior;_x000D_
 _x000D_
     Sala das Sessões Josefa Gonçalves, 24 de junho de   2024._x000D_
 _x000D_
     Vereador Márcio Fernandes Nunes Pereira, MDB.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3101/mocao_de_aplausos_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3101/mocao_de_aplausos_no_001-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos aos Senhores Cássio Benedito de Campos, Elias César dos Santos, Oziel Roberto Ferreira da Silva, Carlos Marques Dias, Aurélio Macabeu Sales e Daniel Martins, em reconhecimento do Poder Legislativo Poconeano as relevantes contribuições e serviços prestados na permanência e fortalecimento do futebol amador e outras atividades esportivas no município de Poconé – MT. _x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Amarildo Schmieleski, PODEMOS.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3103/mocao_de_aplauso_no_004-2024_-_maracana..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3103/mocao_de_aplauso_no_004-2024_-_maracana..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplausos a Irmandade de São Benedito, extensiva aos festeiros de São Benedito ano 2024, Rei: Catarino Pedroso de Barros, Rainha: Marilde de Barros Peixoto de Azevedo, Capitão do Mastro: Douglas Aguiar de Almeida Lobo, Rainha da Cavalhada: Clícia Vitória Almeida Barros, Mantenedores: Gabriel Lobo Silva, (Exercito Cristão), Hallen Marques Soares (Exercito Mouro), os quais com apoio da comissão de festa, composta de cidadãos de boa vontade de nossa comunidade, organizaram e realizaram com brilhantismo e animação a festa em louvor a São Benedito, realizada no período de 11 a 30 de junho de 2024, com recheadas programações religiosas e culturais._x000D_
 Sala das Sessões Josefa Gonçalves, 01 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Sérgio Maracanã, PSB.                       Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3118/mocao_de_aplausos_no_006-2024_ver._benedito..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3118/mocao_de_aplausos_no_006-2024_ver._benedito..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos as participantes Yasmim Cunha, candidata a Miss, colaboradoras Senhoras Alyce França Assunção e Susiley Aparecida Ferreira Gomes no Festival Nacional de Beleza Integral – FNBI, realizado na cidade de Cuiabá – MT, no dia 14 de julho de 2024 no Teatro Zulmira Canavarros – ALMT, com excelentes resultados, na concorrência entre inúmeras participantes a jovem poconeana com sua beleza exuberante consagrou a Miss Popularidade Mato Grosso._x000D_
 _x000D_
    Que seja dado conhecimento desta as homenageadas._x000D_
 _x000D_
   Sala das Sessões Josefa Gonçalves, em 15 de julho de 2024._x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3134/mocao_de_aplausos_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3134/mocao_de_aplausos_no_005-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplausos ao Senhor Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), pela eficácia com que vem conduzindo o cargo junto a Secretaria Municipal de Desenvolvimento Urbano e Econômico e pelos relevantes serviços prestados, buscando regularização e melhorias para o sistema de trânsito no município de Poconé. _x000D_
 _x000D_
 Que seja dado conhecimento desta ao homenageado._x000D_
 _x000D_
 _x000D_
                            Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
                           Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3151/mocao_de_aplausos_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3151/mocao_de_aplausos_no_006-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Peão de Rodeio Geyson Rodrigo Rondon de Moraes, pela  participação na 21ª Festa de Peão de Boiadeiro, realizada de 08 a 11 de agosto na cidade de Araputanga, representando a cidade de Poconé e recebendo o título de vice-campeão em montaria em touros._x000D_
 _x000D_
  Que seja dado conhecimento desta ao homenageado. _x000D_
 _x000D_
 _x000D_
                            Sala das Sessões Josefa Gonçalves, em 12 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_de_aplausos_no_004-2024_vereadora_jossielma..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_de_aplausos_no_004-2024_vereadora_jossielma..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos aos Bombeiros Civis Gustavo Henrique Propodolski, Ana Cristina Maciel, Enildes Ramos Maciel, como forma de reconhecer, enaltecer o trabalho com cuidado, dedicação, responsabilidade, que desempenham em prol da  população._x000D_
 _x000D_
                               “A profissão do Bombeiro Civil é extremamente importante para  a cidade. Homenagea-los significa reconhecer o que essa categoria faz pela população, atuando nos primeiros socorros, ajudando as vitimas, apagando incendios e outras ações importantes que desenvolvem”._x000D_
 _x000D_
                                 È necessário reconhecer, valorizar e estimular o trabalho desenvolvidos por esses bombeiros a população._x000D_
 _x000D_
  Que seja dada conhecimento desta aos homenageados._x000D_
  _x000D_
   Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024._x000D_
 _x000D_
    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_de_aplausos_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_de_aplausos_no_007-2024..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Artista Visual Carlos Renato Pina dos Santos, pela obra de arte produzida pintura em aquarela retratando a imagem da sede própria da Câmara Municipal de Poconé – MT, e a contemplação da peça a Casa Legislativa._x000D_
 _x000D_
 O artista visual é um profissional que pode trabalhar em vários setores da arte, utilizando a visão humana para expressar ideias, opiniões, sentimentos e pontos de vista.  O homenageado trata-se de profissional qualificado com relevantes trabalhos realizados no município, é autor do projeto arquitetônico da igreja batista de Poconé, entre outros._x000D_
 _x000D_
  _x000D_
 Que seja dado conhecimento desta ao homenageado. _x000D_
 _x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, em 26 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                            Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3204/mocao_de_aplausos_-_ver._dudu_carrapato_-_2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3204/mocao_de_aplausos_-_ver._dudu_carrapato_-_2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A _x000D_
 SENHORA LUCIMEIRE DE FÁTIMA BASTOS SOUZA_x000D_
 PRESIDENTE DO SISMUP _x000D_
 POCONÉ – MT._x000D_
  _x000D_
                                 Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos a Senhora Lucimeire de Fátima Bastos Souza, por sua reeleição ao cargo de Presidente do SISMUP, extensiva a todos os componentes da diretoria._x000D_
 _x000D_
 Que seja dada conhecimento desta a homenageada._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 09 de setembro de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Luís Eduardo, “Dudu Carrapato”, UB.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3228/mocao_de_aplausos_no_006-2024_vereadora_jossielma..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3228/mocao_de_aplausos_no_006-2024_vereadora_jossielma..pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legitimo representante do povo poconeano, apresenta Moção de Aplausos ao Senhor Jamil Rodrigues da Costa, por suas relevantes contribuições prestadas ao município de Poconé – MT, por meio da atuaçã empreendedora._x000D_
 _x000D_
 As relevantes contribuições prestadas a Poconé – MT, notadamente pela contribuição no desenvolvimento do município por meio das atividades de sua empresa Hotel Porto Jofre Pantanal Norte, com atuação geradora de inumeros empregos e renda no município, cuja espirito empreendedor o qualifica como autentico merecedor desta justa e singela homenagem._x000D_
 _x000D_
   Sala das Sessões Josefa Gonçalves, 30 de setembro de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3255/mocao_de_aplausos_no_008-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3255/mocao_de_aplausos_no_008-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
                              A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Senhor Raul Santos Costa Neto, pelos relevantes serviços e ações desenvolvidas em prol dos pecuaristas e munícipes em geral no período que esteve como Presidente do Sindicato Rural de Poconé – MT._x000D_
 _x000D_
  _x000D_
    Que seja dado conhecimento desta ao homenageado._x000D_
 _x000D_
 _x000D_
   Sala das Sessões Josefa Gonçalves, em 04 de dezembro de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3256/mocao_de_aplausos_no_009-2024_ver._benedito_aurelio..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3256/mocao_de_aplausos_no_009-2024_ver._benedito_aurelio..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                              A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano, apresenta Moção de Aplausos ao Senhor Ricardo Figueiredo Arruda, pela eleição e posse no cargo de Presidente do Sindicato Rural de Poconé, extensiva a todos os membros da diretoria, desejando êxito na gestão. _x000D_
 _x000D_
    Que seja dado conhecimento desta ao homenageado._x000D_
 _x000D_
 _x000D_
   Sala das Sessões Josefa Gonçalves, em 04 de dezembro de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>MPS</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2772/mocao_de_pesar_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2772/mocao_de_pesar_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do _x000D_
 Sr. Luís Gonçalo Vaz de Almeida_x000D_
 Poconé- MT._x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Luís Gonçalo Vaz de Almeida, pelo o seu falecimento ocorrido no dia 16 de fevereiro de 2024. _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Luís Gonçalo Vaz de Almeida, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 19 de fevereiro</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/mocao_de_pesar_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/mocao_de_pesar_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do _x000D_
 Srª. Rosangela Souza Ponce._x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Rosangela Souza Ponce, pelo o seu falecimento ocorrido no dia 12 de fevereiro de 2024. _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhora Rosangela Souza Ponce, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 19 de fevereiro de 2024._x000D_
 Márcio Fernandes</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_de_pesar_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_de_pesar_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos_x000D_
 familiares e amigos da_x000D_
 Srª. Eduarda Pereira de Souza._x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis,_x000D_
 requer a mesa diretora com anuência do soberano plenário para que proceda devido registro_x000D_
 de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares da Senhora Eduarda Pereira de Souza, pelo o seu falecimento_x000D_
 ocorrido no dia 27 de janeiro de 2024._x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto_x000D_
 aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de_x000D_
 todos, destacando o amor a Deus sobre todas as coisas para que o Senhora Eduarda Pereira_x000D_
 de Souza, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 26 de fevereiro de 2024._x000D_
 Márcio Fernande</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/mocao_de_pesar_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/mocao_de_pesar_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos_x000D_
 familiares do Senhor Amaury do Carmo_x000D_
 Poconé- MT.Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis,_x000D_
 requer a mesa diretora com anuência do soberano plenário para que proceda devido registro_x000D_
 de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares do Senhor Amaury do Carmo, pelo o seu falecimento ocorrido no_x000D_
 dia 28 de fevereiro de 2024.“Manifestamos nosso profundo respeito e rogando a Deus que traga conforto_x000D_
 aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de_x000D_
 todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Amaury do Carmo,_x000D_
 descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Ver. Benedito Aurélio, PP. Ver. Márcio Ferna</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/mocao_de_pesar_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/mocao_de_pesar_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares da_x000D_
 Senhora Maria Benedita Fontes Apoitia Delgadillo_x000D_
 Poconé- MT._x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de_x000D_
 Leis, requer a mesa diretora com anuência do soberano plenário para que proceda_x000D_
 devido registro de falecimento nos anais deste legislativo e encaminhe a presente_x000D_
 Moção de Pesar à família._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares da Senhora Maria Benedita Fontes Apoitia Delgadillo,_x000D_
 popular Dona Pomba, pelo o seu falecimento ocorrido no dia 29 de fevereiro de 2024._x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga_x000D_
 conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé_x000D_
 reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que_x000D_
 a Senhora Maria Benedita Fontes Apoitia Delgadillo, descanse em paz”.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_no_003-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_no_003-2024...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, seja_x000D_
 oficializada as Suas Excelências Viviane Cristina da Silva Lemes, Secretária_x000D_
 Municipal de Planejamento e Administração, Giordano Paolo Proença_x000D_
 Campos, Secretário Municipal de Finanças, no sentido de informar a Câmara_x000D_
 Municipal se os repasses previdenciários patronais e valores descontados em_x000D_
 folhas dos servidores públicos municipais, (efetivos, comissionados,_x000D_
 contratados), da Prefeitura Municipal de Poconé – MT, no exercício de 2023,_x000D_
 foram feitos regularmente de acordo com os parâmetros legais._x000D_
 Sala das Sessões Josefa Gonçalves, 04 de março de 2024._x000D_
 Ver. Itamar Lourenço, PSB. Ver. Amarildo Schmieleski, UB._x000D_
 Ver. Benedito Aurélio, PP. Verª. Fátima de Aquino, PSB._x000D_
 Verª. Jossielma Silva, PTB. Ver. Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2955/mocao_de_pesar_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2955/mocao_de_pesar_no_004-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da _x000D_
 Sra. Jaqueline Souza Moura_x000D_
 Poconé- MT._x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Jaqueline Souza Moura, pelo o seu falecimento ocorrido no dia 05 de maio de 2024. _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhora Jaqueline Souza Moura, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de maio de 2024_x000D_
 Benedito Aurélio, PP</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2960/mocao_de_pesar_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2960/mocao_de_pesar_no_005-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da _x000D_
 Sra. Antonieta Guimarães_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Antonieta Guimarães, pelo o seu falecimento ocorrido no dia 09 de maio de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhora Antonieta Guimarães, descanse em paz”._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 13 de maio de 2024_x000D_
 Benedito Aurélio</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2961/mocao_de_pesar_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2961/mocao_de_pesar_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Srª. Josilene Xavier da Silva._x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 _x000D_
  A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Josilene Xavier da Silva, pelo o seu falecimento ocorrido no dia 10 de maio de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Josilene Xavier da Silva, descanse em paz”._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 13 de maio de 2024._x000D_
 Marcio Fernan</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2962/mocao_de_pesar_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2962/mocao_de_pesar_no_004-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Sr. Francisco Teodorico de Almeida Lobo._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
 _x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Francisco Teodorico de Almeida Lobo, pelo o seu falecimento ocorrido no dia 10 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Francisco Teodorico de Almeida Lobo, descanse em paz”._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2963/mocao_de_pesar_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2963/mocao_de_pesar_no_005-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Srª. Amália Scudeler de Barros Santos._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Amália Scudeler de Barros Santos, pelo o seu falecimento ocorrido no dia 12 de maio de 2024. _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Amália Scudeler de Barros Santos, descanse em paz”._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 13 de</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3004/mocao_de_pesarno_003-2024._ok.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3004/mocao_de_pesarno_003-2024._ok.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Sra. Elazil Fátima de Arruda._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Elazil Fátima de Arruda, pelo o seu falecimento ocorrido no dia 18 de maio de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Elazil Fátima de Arruda descanse em paz.”_x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 20 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereadora Jossielma Silva, PP.           Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_de_pesar_-_vereadora_jocilma_amara_02l_-_2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_de_pesar_-_vereadora_jocilma_amara_02l_-_2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da _x000D_
 Sra. Cristiane Oliveira._x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a mesa diretora com anuência do soberano plenário para que proceda devido registro de falecimento nos anais deste legislativo e encaminhe a presente Moção de Pesar à família._x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Cristiane Oliveira, pelo o seu falecimento ocorrido no dia 20 de maio de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Cristiane Oliveira, descanse em paz”._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, em 23 de maio de 2024._x000D_
 Vereadora Jocilma Amaral, UB</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3016/mocao_de_pesar_n_02-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3016/mocao_de_pesar_n_02-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do _x000D_
 Sr. Erszon Domingo Guimarães ._x000D_
 _x000D_
 Senhor Presidente_x000D_
 _x000D_
 Com fundamento no que dispõe o Regimento Interno desta Casa de Leis, requer a Mesa Diretora com anuência do soberano Plenário para que proceda ao devido registro nos anais deste legislativo e encaminhe a presente Moção de Pesar à família pela passagem do Sr. Erszon Domingo Guimarães._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Faleceu nesta quinta-feira 23/05/2024, Erszon Domingo Guimarães._x000D_
 Erszon Domingos Guimarães foi presidente desta Casa de Leis, e esteve como parlamentar por 10 anos, sempre propondo ideais e projetos em prol da nossa comunidade poconeana._x000D_
 _x000D_
 Com respeito e solenidade, reconhecemos a importância desta perda e estendemos nossa mais profunda solidariedade aos familiares e amigos do Sr. Erszon. Que encontrem conforto e serenidade em meio a este momento de luto e saudade._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 27 de maio de 2024._x000D_
 _x000D_
 _x000D_
 		_x000D_
 Itamar Lourenço, PSB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3044/mocao_de_pesar_-_vereadora_jossielma_silva_no_001-2024.docx</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3044/mocao_de_pesar_-_vereadora_jossielma_silva_no_001-2024.docx</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Srº. Airton da Silva Campos. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Airton da Silva Campos, pelo o seu falecimento ocorrido no dia 11 de junho de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Airton da Silva Campos, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 11 de junho de 2024._x000D_
 _x000D_
                                    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos do_x000D_
@@ -8468,1629 +8468,1629 @@
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Joaquim Jorge de Arruda Marques, (popular Mata Galo), pelo o seu falecimento ocorrido no dia 17 de junho, 2024._x000D_
  _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Joaquim Jorge de Arruda Marques, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves,17 de junho de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB._x000D_
 _x000D_
 _x000D_
   Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3084/mocao_de_pesar_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3084/mocao_de_pesar_no_007-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Rita da Silva Xavier _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Rita da Silva Xavier, pelo o seu falecimento ocorrido no dia 17 de junho de 2024. _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Rita da Silva Xavier, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 17 de junho de 2024._x000D_
 _x000D_
                               Vereador Márcio Fernandes, “Marcinho”, MDB._x000D_
 _x000D_
                             Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3085/mocao_de_pesar_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3085/mocao_de_pesar_no_008-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Rosária Aparecida de Souza Arruda. _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Rosaria Aparecida de Souza Arruda, pelo o seu falecimento ocorrido no dia 17 de junho de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Rosária Aparecida de Souza Arruda, descanse em paz”._x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 17 de junho de 2024._x000D_
 Vereador Márcio Fernandes, “Marcinho”, MDB</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3087/mocao_de_pesar_no_009-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3087/mocao_de_pesar_no_009-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Maria Teixeira Castro Santana._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Maria Teixeira Castro Santana, pelo o seu falecimento ocorrido no dia 18 de junho de 2024. _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Maria Teixeira Castro Santana, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
 _x000D_
                               Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3088/mocao_de_pesar_no_010-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3088/mocao_de_pesar_no_010-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Adiles  dos Reis da Silva._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Adiles dos Reis da Silva, pelo o seu falecimento ocorrido no dia 23 de junho de 2024. _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Adiles dos Reis da Silva, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
                               Vereador Márcio Fernandes, “Marcinho”, MDB._x000D_
 _x000D_
                              Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3089/mocao_de_pesar_no_011-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3089/mocao_de_pesar_no_011-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor  Evangrio de Moraes._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Evangrio de Moraes, pelo o seu falecimento ocorrido no dia 23 de junho de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Evangrio de Moraes, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
                             Vereador Márcio Fernandes, “Marcinho”, MDB._x000D_
 _x000D_
                           Vereador Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3090/mocao_de_pesar_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3090/mocao_de_pesar_no_007-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Senhora Iracema de Arruda Souza _x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Iracema de Arruda Souza, pelo o seu falecimento ocorrido no dia 21 de junho, 2024._x000D_
  _x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Iracema de Arruda Souza, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 24 de junho de 2024._x000D_
 _x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB.                             Vereadora Jocilma Amaral, UB._x000D_
 _x000D_
 _x000D_
 Vereadora Jossielma Silva, PP.                              Vereador Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3116/mocao_de_pesar_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3116/mocao_de_pesar_no_008-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Senhora Elizângela Aguiar de Amorim _x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Elizangela Aguiar de Amorim, pelo o seu falecimento ocorrido no dia 08 de julho, 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Elizangela Aguiar de Amorim, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3117/mocao_de_pesar_no_012-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3117/mocao_de_pesar_no_012-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Manoel Gonçalo de Oliveira._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Manoel Gonçalo de Oliveira, pelo o seu falecimento ocorrido no dia 11 de julho de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Manoel Gonçalo de Oliveira, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 11 de julho de 2024._x000D_
 _x000D_
 _x000D_
                             Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3135/mocao_de_pesar_no_009-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3135/mocao_de_pesar_no_009-2024..pdf</t>
   </si>
   <si>
     <t>Senhor Caio Furtado _x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Caio Furtado, pelo o seu falecimento ocorrido no dia 28 de julho de 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Caio Furtado, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 29 de julho de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3152/mocao_de_pesar_no_010-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3152/mocao_de_pesar_no_010-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos do_x000D_
 Senhor João de Deus Gomes_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor João de Deus Gomes, pelo o seu falecimento ocorrido no dia 08 de agosto de 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor João de Deus Gomes, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 12 de agosto de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3153/mocao_de_pesar_no_013-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3153/mocao_de_pesar_no_013-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Ataíde Cristino do Prado Souza._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Ataíde Cristino do Prado Souza, pelo o seu falecimento ocorrido no dia 11 de agosto de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Ataíde Cristino do Prado Souza, descanse em paz”._x000D_
 _x000D_
 _x000D_
                 Sala das Sessões Josefa Gonçalves, 12 de agosto de 2024._x000D_
 _x000D_
 _x000D_
                             Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3165/mocao_de_pesar_no_011-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3165/mocao_de_pesar_no_011-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Senhora  Luziethe Santos de Arruda_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Luziethe Santos de Arruda, pelo o seu falecimento ocorrido no dia 17 de agosto de 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Luziethe Santos de Arruda, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024._x000D_
 _x000D_
 _x000D_
   Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3166/mocao_de_pesar_no_003-2024._vereadora_jocilma_amaral.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3166/mocao_de_pesar_no_003-2024._vereadora_jocilma_amaral.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Salvador Zeverino dos Santos._x000D_
  _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Salvador Zeverino dos Santos, pelo o seu falecimento ocorrido no dia 16 de agosto de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Salvador Zeverino dos Santos, descanse em paz”._x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, em 19 de agosto de 2024._x000D_
 _x000D_
    _x000D_
                                 Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_de_pesar_no_004-2024._vereadora_jocilma_amaral.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_de_pesar_no_004-2024._vereadora_jocilma_amaral.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Francisca Marques do Amaral, pelo o seu falecimento ocorrido no dia 01 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Francisca Marques do Amaral, descanse em paz”.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3190/mocao_de_pesar_no_012-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3190/mocao_de_pesar_no_012-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos do Senhor Gilberto Gomes Guimarães, Poconé - MT.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>MARCIO FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3200/mocao_de_pesar_no_014-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3200/mocao_de_pesar_no_014-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Paulina Francisca de Campos Cruz.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3205/mocao_de_pesar_no_015-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3205/mocao_de_pesar_no_015-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Tereza Rosa Pereira da Silva._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Tereza Rosa Pereira da Silva, pelo o seu falecimento ocorrido no dia 13 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Tereza Rosa Pereira da Silva, descanse em paz”.               _x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 28 de agosto de 2024._x000D_
 _x000D_
 Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3206/mocao_de_pesar_no_016-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3206/mocao_de_pesar_no_016-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Antônio Marcos França._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Antônio Marcos França, pelo o seu falecimento ocorrido no dia 15 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Antônio Marcos França, descanse em paz”.               _x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 16 de setembro de 2024._x000D_
 _x000D_
                              Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3213/mocao_de_pesar_ver._fabio_de_oliveira-_2024.docx</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3213/mocao_de_pesar_ver._fabio_de_oliveira-_2024.docx</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da _x000D_
 Sra. Justina Maria de Amorim Costa_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
  _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Justina Maria de Amorim Costa, pelo o seu falecimento ocorrido no dia 21 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Justina Maria de Amorim Costa, descanse em paz”._x000D_
 _x000D_
                             Sala das Sessões Josefa Gonçalves, em 23 de setembro de 2024._x000D_
 _x000D_
                                Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3214/mocao_de_pesar_-_vereadora_jossielma_silva_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3214/mocao_de_pesar_-_vereadora_jossielma_silva_no_004-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Srº. Inácio Paes Rodrigues. _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Inácio Paes Rodrigues, pelo o seu falecimento ocorrido no dia 22 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Inácio Paes Rodrigues, descanse em paz”._x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 24 de setembro de 2024._x000D_
 _x000D_
                                    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3226/mocao_de_pesar_no_017-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3226/mocao_de_pesar_no_017-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos da_x000D_
 Senhora Benedita Jorgina da Silva Santos._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Benedita Jorgina da Silva Santos, pelo o seu falecimento ocorrido no dia 19 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Benedita Jorgina da Silva Santos, descanse em paz”.               _x000D_
 _x000D_
  Sala das Sessões Josefa Gonçalves, 23 de setembro de 2024._x000D_
 _x000D_
                              Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3227/mocao_de_pesar_no_018-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3227/mocao_de_pesar_no_018-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Dionilson Divino de Paiva._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Dionilson Divino de Paiva, pelo o seu falecimento ocorrido no dia 21 de setembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Dionilson Divino de Paiva, descanse em paz”.               _x000D_
 _x000D_
               Sala das Sessões Josefa Gonçalves, 23 de setembro de 2024._x000D_
 _x000D_
                              Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3229/mocao_de_pesar_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3229/mocao_de_pesar_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Melquiades Bernardo de Souza._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Melquiades Bernardo de Souza, residente na comunidade rural Pantanalzinho, município de Poconé, pelo o seu falecimento ocorrido no dia 07 de outubro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Melquiades Bernardo de Souza, descanse em paz”.               _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 08 de outubro de 2024._x000D_
 _x000D_
                                 Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_de_pesar_no_019-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_de_pesar_no_019-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor José Barreto._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor José Barreto, “Zezé”, pelo o seu falecimento ocorrido no dia 13 de outubro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor José Barreto, “Zezé”, descanse em paz”.               _x000D_
 _x000D_
               Sala das Sessões Josefa Gonçalves, 14 de outubro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3235/mocao_de_pesar_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3235/mocao_de_pesar_no_002-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Sayde José Ribeiro._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Sayde José Ribeiro, pelo o seu falecimento ocorrido no dia 10 de outubro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Sayde José Ribeiro, descanse em paz”.               _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 21 de outubro de 2024._x000D_
 _x000D_
                                 Vereador Sérgio Maracanã, PSB.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3236/mocao_de_pesar_no_013-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3236/mocao_de_pesar_no_013-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Senhora Neusa Evanil da Silva_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Neusa Evanil da Silva, pelo o seu falecimento ocorrido no dia 13 de outubro de 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Neusa Evanil da Silva, descanse em paz”._x000D_
 _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 21 de outubro de 2024._x000D_
 _x000D_
 _x000D_
      Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_de_pesar_no_015-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_de_pesar_no_015-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos do_x000D_
 Senhor Vanderson da Silva Balbino_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Vanderson da Silva Balbino, pelo o seu falecimento ocorrido no dia 10 de novembro de 2024._x000D_
 _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Vanderson da Silva Balbino, descanse em paz”._x000D_
 _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
 _x000D_
      Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_de_pesar_no_016-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_de_pesar_no_016-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos do_x000D_
 Senhor Gerson Manoel de Souza Almeida_x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                                A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Gerson Manoel de Souza Almeida, pelo o seu falecimento ocorrido no dia 10 de novembro de 2024._x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Gerson Manoel de Souza Almeida, descanse em paz”._x000D_
 _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
 _x000D_
      Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3247/mocao_de_pesar_no_021-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3247/mocao_de_pesar_no_021-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos _x000D_
 familiares e amigos do_x000D_
 Senhor Alício Otaviano Bastos._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Alício Otaviano Bastos, pelo o seu falecimento ocorrido no dia 18 de novembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Alício Otaviano Bastos, descanse em paz”.               _x000D_
 _x000D_
               Sala das Sessões Josefa Gonçalves, 18 de novembro de 2024._x000D_
 _x000D_
 _x000D_
  Ver. Márcio Fernandes, “Marcinho”, MDB.                          Verª. Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3250/mocao_de_pesar_no_017-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3250/mocao_de_pesar_no_017-2024..pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares e amigos da_x000D_
 Senhora Marta Cristina Ferreira Gomes  _x000D_
 Poconé- MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                                A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Marta Cristina Ferreira Gomes, pelo o seu falecimento ocorrido no dia 23 de novembro de 2024._x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que a Senhora Marta Cristina Ferreira Gomes, descanse em paz”._x000D_
                                 Sala das Sessões Josefa Gonçalves, 25 de novembro de 2024._x000D_
 _x000D_
 Vereador Benedito Aurélio, PSDB.            Vereador Fábio de Oliveira, UB._x000D_
 _x000D_
 Vereadora Jossielma Silva, PP.        Vereador Márcio Fernandes, MDB</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3254/mocao_de_pesar_-_vereadora_jossielma_silva_no_005-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3254/mocao_de_pesar_-_vereadora_jossielma_silva_no_005-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS _x000D_
 FAMILIARES E AMIGOS DO_x000D_
 SENHOR NICÁCIO BORGES DIAS. _x000D_
 _x000D_
 Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Nicácio Borges Dias, pelo o seu falecimento ocorrido no dia 15 de novembro de 2024. _x000D_
 _x000D_
 “Manifestamos nosso profundo respeito e rogando a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, destacando o amor a Deus sobre todas as coisas para que o Senhor Nicácio Borges Dias, descanse em paz”._x000D_
 _x000D_
 _x000D_
                                 Sala das Sessões Josefa Gonçalves, 25 de novembro de 2024._x000D_
 _x000D_
 _x000D_
                                    Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETOS DE DECRETOS LEGISLATIVOS</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3201/projeto_de_decreto_legilsativo_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3201/projeto_de_decreto_legilsativo_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Concede a distinção honorifica Medalha Tenente Antônio João Ribeiro_x000D_
 a Francisco Claudio da Silva Júnior.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>REQC</t>
   </si>
   <si>
     <t>REQUERIMENTOS COMUNS</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimentono_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimentono_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, inciso III, art. 91, ouvido o plenário, REQUER licença do cargo_x000D_
 de Vereador, por 121 dias, a partir de 29 de fevereiro de 2024, para tratar de_x000D_
 assuntos de interesses particulares._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 22 de fevereiro de 2024._x000D_
 Luís Eduardo, “Dudu Carrapato”, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2778/requerimento_no_001-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2778/requerimento_no_001-_2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o_x000D_
 Plenário, seja oficializado as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de_x000D_
 Planejamento e Administração, no sentido de informar à Câmara Municipal a_x000D_
 razão da paralisação da revitalização da Praça Pública “São Francisco de_x000D_
 Assis”, situada no bairro Cidade Rosa/Cohab Nova, cidade de Poconé - MT</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2779/requerimento_no_001-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2779/requerimento_no_001-2024...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, ouvido o_x000D_
 Plenário, sejam oficializados Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Senhora Viviane Cristina da Silva Lemes, Secretária Municipal de_x000D_
 Planejamento e Administração, no sentido de informar a Câmara Municipal se_x000D_
 o Poder Executivo Municipal já se manifestou e quais as providências tomadas_x000D_
 com relação as solicitações contidas na Carta APO nº 206/2023, datada de 22_x000D_
 de dezembro de 2023, expedida pela concessionária água de Poconé as_x000D_
 seguintes autoridades Ataíl Marques do Amaral, Prefeito Municipal, Wemer_x000D_
 Francis Rodrigues da Silva, Diretor Presidente da Aris – MT, Itamar Lourenço da_x000D_
 Silva, Presidente da Câmara Municipal de Poconé, Mário Anthero Silveira de_x000D_
 Souza Bueno Schober, Promotor de Justiça de Poconé, Valesca Olavarria de_x000D_
 Pinho, Auditora Pública Externo do Tribunal de Contas Estado de Mato</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2780/requerimento_no_002-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2780/requerimento_no_002-2024...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, seja_x000D_
 oficializado senhor Andrean Jhonatas de Lima, Diretor da Unidade de Pronto_x000D_
 Atendimento Médico – UPA, município de Poconé, no sentido de informar a_x000D_
 Câmara Municipal sobre:_x000D_
 I – Mediante o convênio celebrado entre a Prefeitura Municipal_x000D_
 de Poconé e o Instituto Social de Saúde São Lucas qual é o valor financeiro_x000D_
 mensal repassado pelo Poder Público Municipal no exercício de 2023 e nos_x000D_
 meses de Janeiro a Fevereiro/2024;_x000D_
 II – Encaminhar relação de nomes e funções dos profissionais_x000D_
 de saúde que desempenham atividades diversas na UPA;_x000D_
 III – Do valor mensal repassado qual percentual é gasto com_x000D_
 pagamento de salários.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_no_001-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o_x000D_
 Plenário, seja oficializado Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e_x000D_
 Administração, no sentido de prestar esclarecimentos à Câmara Municipal_x000D_
 sobre a paralisação/morosidade na obra de revitalização/adequação do_x000D_
 Ginásio de Esportes Guido Silva, cidade de Poconé – MT._x000D_
 Em razão disso, queremos então saber do Poder Público_x000D_
 Municipal quando essa obra será retomada e concluída, para que as_x000D_
 atividades aconteçam e atenda os munícipes que já algum tempo esperam_x000D_
 por esta melhoria._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 Benedito Aurélio, PP._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2841/requerimento_no_001-2023.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2841/requerimento_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o Plenário, seja_x000D_
 oficializado a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, para que_x000D_
 a Prefeitura Municipal preste esclarecimento a esta Casa de Leis?_x000D_
 1- Sobre qual o motivo não foi implantado faixas de pedestres na frente_x000D_
 de todas as escolas públicas e privadas, creches e prédios públicos de Poconé?_x000D_
 3 - Porque onde haviam as faixas, com a realização do micro_x000D_
 revestimentos foram apagadas e não reimplantadas?_x000D_
 4 – Quando serão restauradas as faixas elevadas na Avenida Aníbal de_x000D_
 Toledo?_x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2842/requerimento_no_004-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2842/requerimento_no_004-2024...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, seja_x000D_
 oficializada a Sua Excelência Ornella Rosário Proença Moraes Falcão, Secretária_x000D_
 Municipal de Educação, para comparecer ás 19h30min na Sessão Ordinária a_x000D_
 ser realizada no dia 02 de abril de 2024, no auditório da Secretaria Municipal_x000D_
 de Saúde, a fim de prestar esclarecimentos a Casa Legislativa e munícipes_x000D_
 interessados sobre:_x000D_
 Sala das Sessões Josefa Gonçalves, 18 de março de 2024._x000D_
 Ver. Itamar Lourenço, PSB. Ver. Amarildo Schmieleski, UB._x000D_
 Ver. Benedito Aurélio, PP. Verª. Fátima de Aquino, PSB._x000D_
 Ver. Márcio Fernandes, MDB.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/requerimento_no_001-2024_vereadora_jocilma.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/requerimento_no_001-2024_vereadora_jocilma.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
                             A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializada a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, para que encaminhe a esta casa de Leis documentação prestando esclarecimentos sobre a situação de Poconé em relação à dengue, zika e chikungunya, as chamadas arboviroses urbanas – doenças causadas por vírus transmitidos, principalmente, por mosquitos, que seja esclarecido sobre os casos registrados, quais medidas de prevenção foram tomadas e quais campanhas foram realizadas bem como o impacto de recursos investidos no processo._x000D_
 Sala das Sessões Josefa Gonçalves, em 01 de abril de 2024. _x000D_
 _x000D_
 _x000D_
                           Vereadora Jocilma Amaral, UB.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2870/requerimento_no_002-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2870/requerimento_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT.A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializada a Senhora Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, requer manifesto de Vossa Senhoria para prestar os seguistes esclarecimentos? 1º - Quantos Empreendimentos estão implantados no município com licenças ambientais e com Alvará Municipal 2024, incluindo mineradoras e seus conglomerados: empresas de locação de maquinas e equipamentos, oficinas etc.? 2º - Quais as quantidades de cavas e lavras (autorizadas ou não) existentes em Poconé? 3º - Com a implantação do Plano Diretor, as mineradoras estão respeitando os limites? Houve algum caso em questão nos últimos meses? 4º - Qual a previsão da revisão da Lei de parcelamento do solo, Lei de zoneamento Urbano, uso e ocupação do solo; Código de obras; Código do meio ambiente; Código sanitário; considerando que o prazo de revisão termino</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2871/requerimento_no_003-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2871/requerimento_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
               A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializada a Senhora Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, requer manifesto de Vossa Senhoria para prestar os seguistes esclarecimentos?_x000D_
 1º - Qual o valor gasto no último ano para manutenção do aterro controlado? Quais serviços deveriam ser realizados segundo contrato e quais não foram realizados?_x000D_
 2º - Qual a ação foi tomada pela secretaria quanto os bolsões de lixo existente na cidade a exemplo o que acontece no Bairro Jurumirim, na cabeceira na nascente do Córrego Tereza Botas? _x000D_
 _x000D_
                        Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
   _x000D_
                       Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/requerimento_no_004-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/requerimento_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializada os Senhores Giordano Paolo Proença Campos, Secretário Municipal de Finanças e Naudson Bastos, Secretário Municipal de Infraestrutura, dado conhecimento ao Auditor Fiscal Ademar Vivan Júnior,  para esclarecer a esta casa de leis sobre o cumprimento da Lei Nº. 1.345 que “institui no munícipio de Poconé a contribuição para custeio da iluminação pública” e criou “Fundo Municipal de Iluminação Pública”, respondendo:_x000D_
                          Se esta Lei foi atualizada e se está sendo cumprida._x000D_
 Quais extensão de redes e investimentos no setor foram oriundos desta arrecadação._x000D_
 Se o Fundo está vigente, qual conta corrente o representa._x000D_
 Se é possível incluir a Avenida Sérgio França com investimentos do Fundo e iluminação Pública._x000D_
 _x000D_
                     Sala das Sessões Josefa Gonçalves, 01 de abril de 2024</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/requerimento_no_002-2024_ver._fabio_oliveira..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/requerimento_no_002-2024_ver._fabio_oliveira..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializada a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, se a Secretaria está cumprindo a Lei Estadual Nº 11.619, que dispõe sobre a publicação na Internet da lista de espera dos pacientes que aguardam por consultas e suas especialidades, exames, intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde._x000D_
 Sala das Sessões Josefa Gonçalves, 01 de abril de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2879/vereador_sergio_maracana_no_001-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2879/vereador_sergio_maracana_no_001-2024...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializada a Concessionária Águas de Poconé, no sentido de prestar esclarecimentos à Câmara Municipal sobre o fornecimento de água em vias públicas situadas nos bairros João Godofredo, São Judas Tadeu e Residencial Garcia, cidade de Poconé – MT._x000D_
 De acordo com relatos dos munícipes, os quais tem enfrentado em pleno período chuvoso problemas relacionados a falta de água, alegam que quando chega, não há pressão e vazão de água, dizem que já foram realizadas reclamações por moradores junto a concessionária sobre a situação, em razão disso, é necessário uma resposta esclarecedora da concessionária acerca das medidas que serão adotadas para solucionar o problema de abastecimento de água nessas localidades._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024._x000D_
 Vereador Sérgio Maracanã PSB.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_no_003-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_no_003-_2024..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, REQUEREM a Mesa Diretora, ouvido o Plenário, seja oficializado a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de esclarecer sobre o não funcionamento do aparelho de radiografia, (raio-x), da Unidade de Pronto Atendimento Jayme Verissimo de Campos Júnior, bairro Santa Terezinha, cidade de Poconé - MT._x000D_
 _x000D_
  O aparelho está danificado segundo informações já alguns dias para serem atendidos pessoas tem que procurar o Hospital Geral para terem acesso a exames, em razão disso a Secretaria de Saúde tem que buscar meios para manutenção no aparelho objetivando a continuidade do atendimento na UPA, atendendo de forma adequada aqueles que necessitam de exames._x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024. _x000D_
 Vereador Márcio Fernandes, MDB._x000D_
 Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2881/requerimento_no_004-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2881/requerimento_no_004-_2024..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, REQUEREM a Mesa Diretora, ouvido o Plenário, sejam oficializados  Senhores Ataíl Marques do Amaral, Prefeito Municipal, Guido Maria da Silva Moraes, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no sentido de  prestar informações a Câmara Municipal sobre critérios que a administração municipal adotará para concessão ou cessão de uso do espaço público na nova estrutura que está sendo construída para abrigar Feira Livre na cidade de Poconé – MT._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de abril de 2024. _x000D_
 _x000D_
 Ver. Márcio Fernandes, “Marcinho”, MDB.                    Verª. Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2899/requerimento_no_005-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2899/requerimento_no_005-2024.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializado a Sua Excelência Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, para que preste esclarecimento a esta Casa de Leis sobre assuntos relacionados a Rede Municipal de Educação:_x000D_
 _x000D_
 I - Há salas de recursos multifuncionais? Bem como, há no quadro profissionais em educações especiais para atuar na sala de recursos multifuncionais, para atender as peculiaridades das crianças e adolescentes com qualquer tipo de deficiência matriculadas nas unidades de ensino._x000D_
 _x000D_
 II – Quantos alunos com qualquer tipo de deficiência estão matriculados nas unidades da rede de ensino municipal._x000D_
                          _x000D_
                          Sala das Sessões Josefa Gonçalves, 15 de abril de 2024._x000D_
   _x000D_
                           Vereadora Jossielma Silva, PTB.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2913/vereador_sergio_maracana_no_002-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2913/vereador_sergio_maracana_no_002-2024...pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, REQUEIRO a Mesa Diretora, ouvido o plenário e cumpridas as formalidades regimentais, sejam consignadas em ata da nossa Casa Legislativa Moção de Apoio ao Projeto de Lei nº 1.550/2022 de autoria do  Senador Álvaro Dias, PODEMOS/PR , que dispõe sobre o alongamento de dívidas de crédito rural e dá outras providências. Requeiro mais, seja enviado oficio ao Presidente do Senado Federal, Senador Rodrigo Pacheco, dando ciência do exposto. Requeiro ainda, sejam enviados ofícios aos Senadores Jayme Campos, Wellington Fagundes, Margareth Buzetti, dando-lhes ciência do exposto e solicitando-lhes apoio para dar celeridade na aprovação da importante matéria._x000D_
 Sala das Sessões Josefa Gonçalves, 19 de abril de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Sérgio Maracanã PSB.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2914/vereador_sergio_maracana_no_003-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2914/vereador_sergio_maracana_no_003-2024...pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, apresenta a Mesa Diretora,  ouvido o plenário, Moção de Apoio com a finalidade de apoiar a implementação das medidas apresentadas pelos Prefeitos Municipais na reunião ocorrida em 21 de novembro de 2023, onde se tratou junto ao Governo do Estado da Moratória de Soja em áreas convertidas legalmente e seus efeitos danosos aos municípios mato-grossenses._x000D_
 O senhor Governador, sensível à temática, declarou providências para contrapor o problema, como a revisão dos incentivos fiscais e denúncia ao CADE relacionados à Moratória, conforme amplamente divulgado em momento no qual diversas entidades políticas e do agro também se posicionaram contrárias ao referido acordo. Requer a Mesa Diretora que seja dado conhecimento desta ao Governador do Estado e ao Presidente da Assembleia Legislativa de Mato Grosso. Sala das Sessões Josefa Gonçalves, 22 de abril de 2024._x000D_
 Vereador Sérgio Maracanã PSB.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_no_001-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_no_001-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Exmº Sr. Ataíl Marques do Amaral, Prefeito Municipal, com cópias ao Secretário Municipal de Infraestrutura, prestar os seguintes esclarecimentos á esta Câmara Municipal, sobre a obra de pavimentação asfáltica da Rua “Chico Gil”, conhecida também por Avenida Porto Alegre: _x000D_
 1 – A quanto tempo a obra encontra-se paralisada;_x000D_
 2 – Motivos que ocasionaram a paralização da obra;_x000D_
 3 – Previsão de conclusão e entrega da obra, juntando cópia do contrato e plano de trabalho da empresa contratada._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 _x000D_
 _x000D_
  João Bosco de Oliveira e Silva, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_no_002-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_no_002-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Exmª Srª. Joelma Gomes da Silva, Secretária Municipal de Ação, Social, Emprego e Renda, com cópias á Coordenadoria do Centro de Referência da Assistência Social, (CRAS), prestar as seguintes informações a esta Câmara Municipal no prazo regimental:_x000D_
 _x000D_
 01 – Número de famílias desligadas excluídas e bloqueadas do Programa “Bolsa Família”, a partir de janeiro de 2023, juntando se possível nomes dos titulares do benefício e respectivos endereços;_x000D_
 02 – Quais medidas estão sendo tomadas para o retorno do beneficio ou a inclusão dessas famílias em outro programa do gênero._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 04 de março de 2024._x000D_
 _x000D_
 _x000D_
  João Bosco de Oliveira e Silva, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_no_003-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmº Srº. JOÃO ZAQUEO, Superintendente do Banco Bradesco, com sede em Cuiabá-MT, prestar as seguintes informações à esta Câmara Municipal, a cerca do atendimento prestado pela instituição em nosso município:_x000D_
 _x000D_
 01-	Número aproximado de atendimentos mensal, incluindo pagamentos de benefícios, recolhimentos de taxas e impostos incluindo DAM, DARF e outros boletos._x000D_
 _x000D_
 02-	 Se existe por parte da instituição, previsão de instalação de uma agência bancária, com toda estrutura para atendimento dos clientes e usuários._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 11 de março de 2024._x000D_
 _x000D_
 _x000D_
  João Bosco de Oliveira e Silva, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_no_004-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_no_004-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmº Srº. Atail Marques do Amaral, Prefeito Municipal, com cópia ao Secretário Municipal de Desenvolvimento Urbano e Econômico, prestar as seguintes informações à esta Câmara Municipal, acerca das multas de trânsito aplicadas pela Polícia Militar em nosso município:_x000D_
 _x000D_
 01-	Se existe embasamento legal, como também convênio com o Governo do Estado para que a PM aplique tais multas de forma legal;_x000D_
                02- Elemento de receita no orçamento do município e qual a previsão de arrecadação com multas para 2024._x000D_
 03-	 Informações bancárias (Banco, Agência e Conta) onde são creditadas as receitas oriundas das multas de trânsito._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 11 de março de 2024._x000D_
 _x000D_
 _x000D_
  João Bosco de Oliveira e Silva, PSDB._x000D_
 Vereador</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_no_005-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmº Srº. José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, prestar informações à esta Câmara Municipal, acerca dos trabalhos referente Regularização Fundiária da Comunidade 120. Requer ainda que providencie visita até a região, local onde está sendo realizada a Regularização Fundiária, prestando esclarecimentos a este parlamentar sobre todo o processo em parceria com a Defensoria Pública do Estado de Mato Grosso, prazo de desenvolvimento e conclusão de todo o processo, possibilitando a este parlamentar acesso a documentos, mapas e identificação de algumas das famílias contempladas._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_no_006-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmº Srº. Benedito Norberto da Silva, Servidor Público e Secretário Executivo da Câmara Municipal, prestar as seguintes informações a este Parlamento, acerca da falta às seções ordinárias por parte de vereadores, no período de 01 de janeiro de 2021 até a presente data:_x000D_
 01-	Nome do vereador e número de faltas;_x000D_
 02-	Quantas faltas foram justificadas;_x000D_
 03-	Faltas que foram desabonadas e descontadas do subsídio do vereador faltoso, com a devida comprovação;_x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 01 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_no_007-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER à gerência da Concessionária Águas de Poconé, preste com urgência as seguintes informações à esta Casa de Leis, referente à constante falta d’água no Residencial Portal do Pantanal:_x000D_
 01-	Motivo pelo qual a água não chega ao residencial;_x000D_
 02-	O porquê o poço construído no residencial não está em atividade;_x000D_
 03-	Prazo para normalização do abastecimento àqueles moradores._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 08 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_no_007-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER à gerência da Concessionária Águas de Poconé, preste com urgência as seguintes informações à esta Casa de Leis, referente à constante falta d’água no Residencial Portal do Pantanal:_x000D_
 01-	Motivo pelo qual a água não chega ao residencial;_x000D_
 02-	O porquê o poço construído no residencial não está em atividade;_x000D_
 03-	Prazo para normalização do abastecimento àqueles moradores._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 08 de Abril de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_no_003-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_no_003-2024..pdf</t>
   </si>
   <si>
     <t>Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializado o Senhor Ataíl Marques do Amaral, Prefeito Municipal, no sentido de prestar esclarecimentos à Câmara Municipal sobre a não conclusão da obra da Rua Dom Galibert, Centro, cidade de Poconé, no que se refere:I – Qual o motivo de tanta demora para o término em se tratando de uma via pública de pequena extensão?II – O atraso foi originado por qual razão, falta de recurso, falha na elaboração do projeto, recurso previsto não foi suficiente para a conclusão dos serviços?III – Qual a previsão do Poder Executivo para a continuidade, conclusão e entrega da obra para a população?_x000D_
 IV – Há atraso no pagamento da Prefeitura Municipal para a empreiteira referente aos serviços realizados até a presente data?V – Se há qual o motivo que ensejou o atraso no pagamento? Sala das Sessões Josefa Gonçalves, 22 de abril de 2024.Vereador Benedito Aurélio</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2956/requerimento_no_07-2024._certo.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2956/requerimento_no_07-2024._certo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, REQUER a retirada de tramitação do Projeto de_x000D_
 Lei nº 003/2024 que “Dispõe sobre a Proibição de Políticas Públicas no_x000D_
 âmbito do Município de Poconé-MT, que incentive a Prática de Aborto”,_x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 06 de Maio de 2024_x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2957/requerimento_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2957/requerimento_no_008-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, REQUER ao Exmª Srª. Joelma Gomes, Secretária_x000D_
 Municipal de Ação Social prestar as seguintes informações à esta Casa de_x000D_
 Leis, relativas à Lei Municipal nº 1.197 de 02 de Maio de 2000, que “Dispõe_x000D_
 sobre a Política Municipal do Idoso, Cria o Conselho Municipal do Idoso e_x000D_
 Dá outras Providências”:_x000D_
 1- Nomes dos atuais conselheiros e a instituição que representa no_x000D_
 Conselho;_x000D_
 2- Quais medidas programáticas estão sendo desenvolvidas pelo Conselho;_x000D_
 3- Previsão de renovação dos membros do Conselho e o Planejamento_x000D_
 para o ano vindouro._x000D_
 Sala das Sessões Josefa Gonçalves,_x000D_
 06 de Maio de 2024_x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2959/requerimento_no_010-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2959/requerimento_no_010-2024..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a retirada de tramitação do Projeto de Lei nº 004/2024 que “DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO PROGRAMA DE INTERNAÇÃO DOMICILIAR NO ÂMBITO DO MUNICÍPIO DE POCONÉ E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 13 de Maio de 2024_x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_no_012-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_no_012-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Ilmª Srª. Eulina Pires de Moraes, Presidente da Associação Beneficente Poconeana (Hospital Nicolau Fragelli) encaminhar a este Poder Legislativo RELATÓRIO com levantamento dos últimos cinco anos contendo as seguintes informações:_x000D_
 01-	Valor detalhados de recursos recebidos do SUS (AIHs);_x000D_
 02-	Valor de recursos recebidos de Convênio Federal e Estadual (Emendas parlamentar);_x000D_
 03-	 Valor total de recursos recebidos via convênio com o município._x000D_
 04-	Investimentos recebidos via iniciativa privada. _x000D_
 Sala das Sessões Josefa Gonçalves, 20 de Maio de 2024_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3014/requerimento_no_006-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3014/requerimento_no_006-2024.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializado as Suas Excelências Atail Marques do Amaral, Prefeito Municipal e Mariana Petronília de Arruda Pereira, Secretária Municipal de Cultura, para que preste esclarecimento a esta Casa de Leis sobre assuntos relacionados aos recursos das leis de incentivo à cultura:_x000D_
 _x000D_
 1 – O que foi feito dos recursos da lei Paulo Gustavo, tendo em vista que o edital foi cancelado e não foi dado maiores esclarecimentos aos produtores culturais?_x000D_
 2 – Se está pronto o edital referente aos recursos da lei Aldir Blanc (Fase 2), tendo em vista que estes recursos já estão nos cofres da prefeitura?  _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 27 de maio de 2024._x000D_
   _x000D_
                           Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3027/requerimento_no_006-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3027/requerimento_no_006-2024...pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário,  REQUER a Mesa Diretora, sejam oficializadas as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, no sentido de encaminhar a Câmara Municipal de  Poconé cópia do vídeo da concorrência e do processo na integra que deu origem ao CONTRATO DE CONCESSÃO ADMINISTRATIVA N.º 06/2024 – CONCORRÊNCIA PÚBLICA Nº 02/2023._x000D_
 Concedente: PREFEITURA MUNICIPAL DE POCONÉ_x000D_
 Concessionária: CIDADE INTELIGÊNTE DE POCONÉ SPE LTDA – CNPJ 54.011.807/0001-59._x000D_
 Objeto: celebração de Parceria Público Privada (PPP) para execução dos serviços de efecientização, operação e manutenção da iluminação pública e da implantação, operação e manutenção de usina fotovoltaica do município de Poconé-MT._x000D_
 DOTAÇÃO: SECRETARIA MUNICIPAL DE INFRAESTRUTURA_x000D_
 12.002.15.452.0024.2123.3.3.90.39.1.5000000_x000D_
 12.002.15.452.0024.2123.3.3.90.39.1.7.1.00000</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3028/requerimento_no_014-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3028/requerimento_no_014-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER ao Exmª Srª. Joelma Gomes, Secretária Municipal de Ação Social prestar as seguintes informações à esta Casa de Leis, relativas à manutenção, ou não, de Convênio com as entidades filantrópicas abaixo informadas, especificando período de manutenção do convênio, valor mensal repassado e origem do recurso._x000D_
 01-	Associação de Pais e Amigos de Excepcionais (APAE);_x000D_
 02-	Lar dos Idosos “São Vicente de Paulo”;_x000D_
 03-	Fazenda da Esperança;_x000D_
 04-	Lar Cristão._x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 03 de Junho de 2024._x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3029/requerimento_no_006-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3029/requerimento_no_006-_2024..pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, ouvido o Plenário, sejam oficializados as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, no sentido de informar à Câmara Municipal a razão da não conclusão da revitalização da Praça Pública “São Francisco de Assis”, situada no bairro Cidade Rosa/Cohab Nova, cidade de Poconé – MT, dentro do prazo  da prorrogação do Contrato pelo período de 27 de janeiro  de 2024 a 27 de abril de 2024 pelo empreiteiro Kaike Gomes – KG Engenharia ME CNPJ 35.524.143/0001-87.  _x000D_
 Ver. Márcio Fernandes, “Marcinho”, MDB.     _x000D_
    _x000D_
 _x000D_
 Vereadora Jocilma Amaral, UB.                       Vereadora Jossielma Silva, PP.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3046/requerimento_no_007-2024.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3046/requerimento_no_007-2024.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializado a Sua Excelência Mariana Petronília Pereira, Secretária Municipal de Cultura, para que envie a esta Casa de Leis a relação dos produtores culturais e respectivas cópias do Cadastro Cultural existente nos arquivos da Secretaria Municipal de Cultural. Essa solicitação se baseia em cumprimento a Lei Municipal nº  1.977 (17/12/2019), que Institui o Sistema Municipal de Cultura e da Outras Providencias._x000D_
 _x000D_
 O CCM (Cadastro Cultural do Município de Poconé-MT), deveria ser instrumento de reconhecimento da cidadania cultural e de gestão das políticas públicas municipais de cultura, de caráter normativo, regulador e difusor, que organiza e disponibilizam informações sobre os diversos fazeres culturais, nas áreas de Arte e Patrimônio Cultural, bem como sobre seus espaços. _x000D_
                      _x000D_
                          Sala das Sessões Josefa Gonçalves, 10 de junho</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3047/requerimento_no_003-2024_ver._fabio_oliveira..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3047/requerimento_no_003-2024_ver._fabio_oliveira..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializado a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, passados os 360 dias determinado pela Lei nº 2.167/2022, e mais cinco meses do ano de 2024,  (+ 150 dias) onde a Prefeitura Municipal de Poconé deveria cumprir a Lei de sua própria autoria no quesito Política Municipal de Desenvolvimento Territorial (PMDT) de Poconé, inaugurada pela sanção do Plano Diretor._x000D_
 _x000D_
 Requeremos que esclareçam, quais foram e quais não foram e porque não foram revisados:_x000D_
 _x000D_
 O Código de Posturas;_x000D_
 A Lei de Macrozoneamento Urbano;_x000D_
 A Lei de Uso, Ocupação e Parcelamento do Solo;_x000D_
 O Código do Meio Ambiente;_x000D_
 O Código Sanitário;_x000D_
 O Código de Obras e o Código Tributário;_x000D_
 E respectivos Planos Municipais, e se necessário Lei Orgânica atualizada._x000D_
 Sala das Sessões Josefa Gonçalves, 10 de junho de 2024._x000D_
 _x000D_
 Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3048/requerimento_no_015-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3048/requerimento_no_015-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a retirada de tramitação  do Projeto de Lei nº 009/2024 que “INSTITUI O FESTIVAL DE VERÃO NO MUNICÍPIO DE POCONÉ E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 _x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves_x000D_
 10 de Junho de 2024_x000D_
 _x000D_
 _x000D_
 ----------------------------------------------------------_x000D_
 JOÃO BOSCO DE OLIVEIRA E SILVA_x000D_
 =PP=</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3086/requerimento_no_007-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3086/requerimento_no_007-_2024..pdf</t>
   </si>
   <si>
     <t>Considerando o Processo referente a conclusão do Contrato de Concessão nº 146/2008, celebrado entre a Prefeitura Municipal de Poconé e a Empresa Águas de Poconé, sobre serviços públicos de abastecimento de água potável no município de Poconé-MT;_x000D_
 _x000D_
 Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, REQUEREM a Mesa Diretora, ouvido o Plenário, sejam oficializadas as Suas Excelências Fabiola Cristina Correa do Carmo, Secretária Adjunta de Planejamento e Administração, Doutor Lucas Gouvêa, Procurador Jurídico da Prefeitura Municipal de Poconé, no sentido de prestar informações a Câmara Municipal sobre:_x000D_
                        Sala das Sessões Josefa Gonçalves, 17 de junho de 2024. _x000D_
 _x000D_
 _x000D_
                        Vereador Márcio Fernandes, “Marcinho”, MDB.               _x000D_
 _x000D_
                        Vereadora Fátima de Aquino, MDB.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3102/requerimento_no_004-2024_ver._fabio_oliveira..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3102/requerimento_no_004-2024_ver._fabio_oliveira..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializado a Sua Excelência  José Joadir do Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico –SEDUE, para vir em Plenário na sessão de 09 de julho, como preconiza a Lei Orgânica Municipal e o Regimento Interno da Câmara Municipal dos Vereadores de Poconé._x000D_
 _x000D_
 Prestando esclarecimentos, tão somente, sobre a Regularização Fundiária em Poconé, respondendo as questões?_x000D_
 _x000D_
 - Sobre o Distrito de Nossa Senhora Aparecida do Chumbo;_x000D_
 - Sobre Distrito do 120;_x000D_
 - Sobre Distrito de Cangas;_x000D_
 - Sobre PA – Programa de Assentamento João Ponce de Arruda, popular Fedegoso_x000D_
 - Sobre PA – Programa de Assentamento Modelo;_x000D_
 - Sobre o cinturão Verde Nossa Terra Nossa Gente;_x000D_
 - Sobre a COHAB Nova;_x000D_
 - Sobre Residencial Santa Clara e José Francisco de Assis;_x000D_
 - Quais localidades poderão iniciar o trabalho até o final de 2024._x000D_
 Vereador Fábio de Oliveira, UB.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3113/requerimento_no_005-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3113/requerimento_no_005-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializado as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, Lucas Martins, Diretor do Departamento de Trânsito (DEMUTRAN), no sentido de prestar esclarecimentos à Câmara Municipal  sobre:_x000D_
 I - Quantos pontos de táxi existem ativos no município de Poconé? _x000D_
 II - Explicações a respeito das exigências que estão sendo feitas pela Prefeitura Municipal de Poconé para expedição do licenciamento para veículos automotores do serviço de transporte público individual de passageiros, (taxi)._x000D_
 III – Quantos permissionários (taxistas), não obtiveram o licenciamento para veículos táxi?_x000D_
 IV – Quais foram os pontos de locações que não foram autorizados o licenciamento e porquê? _x000D_
 Sala das Sessões Josefa Gonçalves, 08 de julho de 2024._x000D_
 Vereador Benedito Aurélio</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3114/requerimento_no_006-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3114/requerimento_no_006-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializado ao Senhor Juliano Jorge Boraczynski, Presidente da Companhia Mato-Grossense de Mineração – METAMAT, no sentido de prestar esclarecimentos à Câmara Municipal sobre critérios definidos/utilizados para construção de poços artesianos em comunidades rurais do município de Poconé._x000D_
 _x000D_
 Justificamos o pedido tendo em vista que várias proposições deliberadas pela Câmara Municipal para que a METAMAT construa poços artesianos no município não são atendidas pelo órgão, a razão pela qual solicitamos critérios definidos para que possamos elaborar proposições atendendo as exigências estabelecidas. _x000D_
 _x000D_
 _x000D_
                   Sala das Sessões Josefa Gonçalves, 15 de julho de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3115/requerimento_no_007-2024...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3115/requerimento_no_007-2024...pdf</t>
   </si>
   <si>
     <t>Vereadores que a este subscrevem, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUEREM a Mesa Diretora, sejam oficializados o senhor Andrean Jhonatas de Lima, Diretor da Unidade de Pronto Atendimento Médico – UPA e a Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde,  município de Poconé, no sentido de informar a Câmara Municipal sobre:I – Mediante o convênio celebrado entre a Prefeitura Municipal de Poconé e o Instituto Social de Saúde São Lucas qual é o valor financeiro mensal repassado pelo Poder Público Municipal de Janeiro a julho/2024;II – Encaminhar relação de todos os profissionais de saúde, bem como de todos os servidores administrativa que atende na UPA, fazendo constar seus respectivos horários e funções e ainda qual é o rendimento mensal de cada profissional e servidores, desde o mês de janeiro até a presente data.Sala das Sessões Josefa Gonçalves, 08 de julho de 2024.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3163/requerimento_no_008-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3163/requerimento_no_008-_2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, estudar a viabilidade orçamentária e financeira da Prefeitura Municipal de Poconé/Secretaria Municipal de Educação, para conceder transporte para professores que lecionam na Escola Municipal Nossa Senhora Aparecida do Chumbo, município de Poconé, ou que estude a viabilidade de que seja instituída uma Lei que conceda um auxilio transporte a estes profissionais._x000D_
 _x000D_
 Sala das Sessões Josefa Gonçalves, 19 de agosto de 2024. _x000D_
 _x000D_
 _x000D_
                               Vereador Márcio Fernandes, “Marcinho”, MDB.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3197/requerimento_no_007-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3197/requerimento_no_007-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, seja oficializada a Empresa Brasil Central, no sentido de prestar esclarecimentos à Câmara Municipal sobre quais providências será adotada para amenizar a falta de água nos bairros da cidade de Poconé.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3199/requerimento_no_009-_2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3199/requerimento_no_009-_2024..pdf</t>
   </si>
   <si>
     <t>Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,  Fabiola Cristina Correa do Carmo, Secretária Adjunta de Planejamento e Administração,   estudar a viabilidade orçamentária e financeira da Prefeitura Municipal de Poconé, para corrigir o equívoco que desvirtuou as tabelas salariais das carreiras do Fiscal de Tributos, objetivando sanar as irregularidades e os prejuízos causados a estes servidores de carreiras.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3230/requerimento_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3230/requerimento_no_008-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, sejam oficializadas as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Daniel Martins, Diretor Municipal de Esporte, no sentido de encaminhar a Câmara Municipal de Poconé, informação acerca do cancelamento do Campeonato Poconeano 2024, que já tinha sido definido pelo Poder Executivo Municipal com a participação de 14 equipes sendo: _x000D_
 _x000D_
  CHAVE A: Unidos da Favela, Bizu das Garotas, Bodegas, REC, Amigos do Cabeça, Juventude, Ajax Poconé.  _x000D_
 _x000D_
 CHAVE B: Baixada Fluminense, Cruz Preta/ Tropa do 500Tão, Tropa do GL, AABB, Primavera, Família ST, Atlanta United. _x000D_
 Sala das Sessões Josefa Gonçalves, 15 de outubro de 2024.  _x000D_
 _x000D_
                            Ver. Itamar Lourenço, PSDB.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3234/requerimento_no_007-2024_ver._fabio_oliveira..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3234/requerimento_no_007-2024_ver._fabio_oliveira..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, sejam oficializados Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Carlina Falcão Arruda Calábria, Engenheira Fiscal da SINFRA, requerendo informações sobre a obra: Construção da Praça do Tanque da Rua; Contrato 0044/2024 valor R$ 12.023.650,63; (doze milhões, vinte e três mil, seiscentos e cinquenta reais e sessenta e três centavos), Origem do recurso SINFRA – MT, prazo 360 dias; Empresa executora: Aliança Industria e Construções LTDA; Responsável Técnico: Engenheira Natália Alves Bueno Souza – CREA 42900/RNP; Fiscal SINFRA: Engenheira Carlina Falcão de Arruda Calábria – CREA 120.014837-1 RN, no que se refere: I – Se a execução da obra tem sido executada dentro do cronograma estabelecido no contrato;II – Se a empresa está mobilizando uma quantidade de equipamentos de trabalhadores para que os serviços possam ser entregues dentro do prazo contratual.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3240/requerimento_no_008-2024..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3240/requerimento_no_008-2024..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, ouvido o Plenário, seja oficializado as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Eliane Maria de Arruda Souza, Secretária Municipal de Educação, no sentido de prestar esclarecimentos à Câmara Municipal  sobre o não atendimento dos alunos da Comunidade Rural Cavalo Branco com serviços de transporte escolar, já algumas semanas, segundo relatos de pais e alunos que sentem prejudicados nas suas atividades escolares. _x000D_
 _x000D_
 _x000D_
 _x000D_
                   Sala das Sessões Josefa Gonçalves, 11 de novembro de 2024._x000D_
 _x000D_
 _x000D_
                              Vereador Benedito Aurélio, PSDB.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3241/requerimento_no_008-2024_ver._fabio_oliveira..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3241/requerimento_no_008-2024_ver._fabio_oliveira..pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, REQUER a Mesa Diretora, sejam oficializados Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e Administração, Dr. Lucas Gouvêa, Procurador Jurídico e Fiscal do município, para esclarecer a Câmara Municipal de Poconé sobre as notícias estampadas em empresas de publicidades noticiando que de acordo com o Naco,  as empresas que fraudaram as licitações, (Centro América Frotas Ltda, Saga Comércio e Serviço Tecnologia e Informática Ltda, Pantanal Gestão e Tecnologia Ltda e Pontual Comércio Serviços Terceirizações Ltda) receberam da Prefeitura Municipal de Poconé, montante  conforme  constam no quadro abaixo relacionado:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10397,67 +10397,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no_001-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no_002-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no_003-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no_004-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2755/indicacao_no_005-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2756/indicacao_no_006-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2757/indicacao_no_007-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no_008-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao__no_001_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao__no_002_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacao__no_003_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacao_no_001-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacao_no_002-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_no_003-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacao_no_001-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_no_002-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_no_001-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_no_002-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_no_001-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_no_002-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacao_no_003-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no_004-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no_005-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao__no_004_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_no_006-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no_006-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2794/indicacao_no_009-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_no_010-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2796/indicacao_no_011-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_no_012-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_no_013-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_no_014-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no_007-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no_008-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_no_006-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no_007-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no_008-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no_009-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no_010-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no_011-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no_012-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao__no_005-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_no_015-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao_no_016-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no_017-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no_018-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no_019-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no_020-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no_007-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2827/indicacao_no_008-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/indicacao_no_009-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2829/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_no_005-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_no_006-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_no_007-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_no_008-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_no_009-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_no_010-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_no_011-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_no_012-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/indicacao_no_013-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/indicacao_no_004-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2843/indicacao_no_010-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2844/indicacao_no_011-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2845/indicacao_no_013-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2846/indicacao_no_014-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2847/indicacao__no_006-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2848/indicacao_no_005-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2849/indicacao_no_006-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2850/indicacao_no_014-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2851/indicacao_no_015-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2852/indicacao_no_016-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2853/indicacao_no_017-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2854/indicacao_no_009-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/indicacao_no_018-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2858/indicacao_no_019-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_no_020-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_no_021-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_no_022-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2862/indicacao_no_015-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2863/indicacao_no_021-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2864/indicacao_no_022-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2865/indicacao_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2867/indicacao_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2868/indicacao_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_no_010-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2875/indicacao_no_023-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/indicacao_no_012-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2884/indicacao_no_016-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2885/indicacao_no_017-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2886/indicacao_no_018-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2887/indicacao_no_024-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2888/indicacao_no_025-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2889/indicacao_no_026-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2890/indicacao_no_027-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2891/indicacao_no_013-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2892/indicacao_no_014-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_no_015-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_no_007-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2895/indicacao_no_008-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2896/indicacao_no_011-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2897/indicacao_no_012-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2898/indicacao_no_013-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2903/indicacao_no_019-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2904/indicacao_no_028-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/indicacao_no_029-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/indicacao_no_030-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/indicacao_no_031-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2908/indicacao_no_032-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/indicacao_no_033-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2910/indicacao_no_034-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2911/indicacao_no_035-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2912/indicacao_no_036-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/indicacao_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/indicacao_no_016-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/indicacao_no_038-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/indicacao_no_039-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_no_040-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/indicacao_no_041-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/indicacao_no_042-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2925/indicacao_no_043-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2926/indicacao_no_023-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2927/indicacao_no_024-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2928/indicacao_no_025-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2929/indicacao_no_001-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2932/indicacao_no_002-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2935/indicacao_no_003-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2936/indicacao_no_004-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2937/indicacao_no_005-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2938/indicacao_no_006-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2939/indicacao_no_007-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2940/indicacao_no_008-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2941/indicacao_no_009-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2944/indicacao_no_010-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2946/indicacao_no_011-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_no_012-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2948/indicacao_no_013-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2949/indicacao_no_014-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2950/indicacao_no_015-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2953/indicacao_-001-_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2954/indicacao_-002-_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2958/requerimento_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2965/indicacao_no_009-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2966/indicacao_no_016-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2967/indicacao_no_017-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2968/indicacao_no_044-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2969/indicacao_no_045-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2970/indicacao_no_046-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2971/indicacao_no_047-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2972/indicacao_no_048-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2973/indicacao_no_049-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_no_050-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_no_051-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_no_052-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_no_053-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_no_054-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_no_0055-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_no_056-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_no_057-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2982/indicacao_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2983/indicacao_no_020-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2984/indicacao_no_021-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_no_022-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_no_017-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2987/indicacao_no_015-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2988/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2989/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2990/indicacao_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2991/indicacao_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2992/indicacao_no_026-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2993/indicacao_no_027-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2994/indicacao_no_028-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_no_029-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_no_030-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_no_031-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2998/indicacao_no_032-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2999/indicacao_no_033-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3000/indicacao_no_034-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3001/indicacao_no_035-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_no_036-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3005/indicacao_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_no_023-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_no_024-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_no_025-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao__no_007-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3010/indicacao__no_008-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3011/indicacao_no_018-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_no_026-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_no_016-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3019/indicacao_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3020/indicacao_no_018-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3021/indicacao_no_019-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_no_037-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_no_038-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_no_039-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_no_040-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3026/indicacao_no_041-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3030/indicacao_no_020-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3031/indicacao_no_021-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3032/indicacao_no_010-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3033/indicacao_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3034/indicacao_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3035/indicacao_no_027-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3036/indicacao_no_028-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3037/indicacao_no_017-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3038/indicacao_no_018-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3039/indicacao_no_058-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3040/mocao_de_pesar_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3049/indicacao_no_011-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3050/indicacao_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3052/indicacao_no_029-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_no_030-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_no_059-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_no_060-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_no_022-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3057/indicacao_no_023-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3058/indicacao_no_024-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3059/indicacao_no_025-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3060/indicacao_no_020-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_no_021-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_no_018-2024..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3065/indicacao_no_019-2024..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3066/indicacao_no_020-2024..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3067/indicacao_no_061-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3068/indicacao_no_042-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3069/indicacao_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3070/indicacao_no_023-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3071/indicacao_no_024-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3072/indicacao__no_009-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3073/indicacao_no_012-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3074/indicacao_no_019-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3075/indicacao_no_020-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3076/indicacao_no_031-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3077/indicacao_no_032-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3078/indicacao_no_033-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3079/indicacao_no_034-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3080/indicacao_no_035-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3092/indicacao_no_063-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_no_039-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3094/indicacao_no_040-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3095/indicacao_no_025-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3096/indicacao_no_045-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3097/indicacao_no_046-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3098/indicacao_no_047-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3099/indicacao_no_048-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3100/indicacao_no_049-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3104/indicacao_no_043-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3105/indicacao_no_044-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3106/indicacao_no_037-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_no_038-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_no_062-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_no_064-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_no_065-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3111/indicacao_no_066-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3112/indicacao_no_021-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_048-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_no_050-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_051-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_no_052-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_041-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_042-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3125/indicacao_no_043-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3126/indicacao_no_021-2024..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3127/indicacao_no_022-2024..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3128/indicacao_no_023-2024..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_067-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3130/indicacao_no_068-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3131/indicacao_no_069-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_026-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_027-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_044-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3137/indicacao_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3138/indicacao__no_010-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3139/indicacao__no_011-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3140/indicacao__no_012-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3141/indicacao__no_013-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_070-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_071-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3144/indicacao_no_072-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3145/indicacao_no_073-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3146/indicacao_no_074-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3147/indicacao_no_022-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3148/indicacao_no_023-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3149/indicacao_no_024-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3150/indicacao_no_025-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3154/indicacao_no_046-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3155/indicacao_no_028-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3156/indicacao_no_075-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3157/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3158/indicacao_no_026-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3159/indicacao_no_027-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_no_028-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_no_029-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3162/indicacao_no_030-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3167/indicacao_no_047-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3168/indicacao_no_013-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3169/indicacao_no_076-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_no_077-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_no_078-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao__no_014-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao__no_015-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_no_079-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3177/indicacao_no_080-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3178/indicacao_no_048-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3179/indicacao_no_053-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3180/indicacao_no_054-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_055-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3182/indicacao_no_056-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_057-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3184/indicacao_no_058-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_no_059-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3186/indicacao_no_060-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_049-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_031-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_061-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3192/indicacao_no_062-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_no_063-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3194/indicacao_no_064-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3195/indicacao_no_065-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_066-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3198/indicacao_no_050-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3207/indicacao_no_051-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3208/indicacao_no_067-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3209/indicacao_no_082-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3210/indicacao_no_024-2024..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_no_025-2024..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_no_052-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3215/indicacao_no_083-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3216/indicacao_no_084-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_085-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3218/indicacao_no_086-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3219/indicacao_no_053-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3220/indicacao_no_054-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3221/indicacao_no_027-2024..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3222/indicacao_no_028-2024..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao__no_016-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3224/indicacao_no_032-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_no_014-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3232/indicacao_no_087-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3233/indicacao_no_029-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_055-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3239/indicacao__no_017-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3242/indicacao_no_056-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3243/indicacao_no_068-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3244/indicacao_no_069-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3248/indicacao_no_070-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_071-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_no_033-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3253/indicacao_no_034-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2771/mocao_de_aplausos_no_001-2024_ver._serjao..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2775/mocao_de_aplausos_no_001-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2781/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/mocao_de_aplausos_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/mocao_de_aplausos_no_002-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2882/mocao_de_aplausos_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2883/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2900/mocao_de_aplausos_no_002-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_de_aplausos_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/mocao_de_aplausos_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_de_aplauso_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2916/mocao_de_aplausos_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2964/mocao_de_aplausos_no_003-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3012/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3013/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3041/mocao_de_aplausos_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3042/mocao_de_aplausos_no_004-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3043/mocao_de_aplausos_no_005-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3045/mocao_de_aplausos_no_003-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3051/mocao_de_congratulacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3082/mocao_de_congratulacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3091/mocao_de_congratulacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3101/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3103/mocao_de_aplauso_no_004-2024_-_maracana..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3118/mocao_de_aplausos_no_006-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3134/mocao_de_aplausos_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3151/mocao_de_aplausos_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_de_aplausos_no_004-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_de_aplausos_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3204/mocao_de_aplausos_-_ver._dudu_carrapato_-_2024.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3228/mocao_de_aplausos_no_006-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3255/mocao_de_aplausos_no_008-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3256/mocao_de_aplausos_no_009-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2772/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/mocao_de_pesar_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_no_003-2024...pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2955/mocao_de_pesar_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2960/mocao_de_pesar_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2961/mocao_de_pesar_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2962/mocao_de_pesar_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2963/mocao_de_pesar_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3004/mocao_de_pesarno_003-2024._ok.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_de_pesar_-_vereadora_jocilma_amara_02l_-_2024.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3016/mocao_de_pesar_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3044/mocao_de_pesar_-_vereadora_jossielma_silva_no_001-2024.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3084/mocao_de_pesar_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3085/mocao_de_pesar_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3087/mocao_de_pesar_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3088/mocao_de_pesar_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3089/mocao_de_pesar_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3090/mocao_de_pesar_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3116/mocao_de_pesar_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3117/mocao_de_pesar_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3135/mocao_de_pesar_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3152/mocao_de_pesar_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3153/mocao_de_pesar_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3165/mocao_de_pesar_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3166/mocao_de_pesar_no_003-2024._vereadora_jocilma_amaral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_de_pesar_no_004-2024._vereadora_jocilma_amaral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3190/mocao_de_pesar_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3200/mocao_de_pesar_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3205/mocao_de_pesar_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3206/mocao_de_pesar_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3213/mocao_de_pesar_ver._fabio_de_oliveira-_2024.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3214/mocao_de_pesar_-_vereadora_jossielma_silva_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3226/mocao_de_pesar_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3227/mocao_de_pesar_no_018-2024..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3229/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_de_pesar_no_019-2024..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3235/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3236/mocao_de_pesar_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_de_pesar_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_de_pesar_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3247/mocao_de_pesar_no_021-2024..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3250/mocao_de_pesar_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3254/mocao_de_pesar_-_vereadora_jossielma_silva_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3201/projeto_de_decreto_legilsativo_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimentono_001-2024..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2778/requerimento_no_001-_2024..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2779/requerimento_no_001-2024...pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2780/requerimento_no_002-2024...pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2841/requerimento_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2842/requerimento_no_004-2024...pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/requerimento_no_001-2024_vereadora_jocilma.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2870/requerimento_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2871/requerimento_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/requerimento_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/requerimento_no_002-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2879/vereador_sergio_maracana_no_001-2024...pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_no_003-_2024..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2881/requerimento_no_004-_2024..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2899/requerimento_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2913/vereador_sergio_maracana_no_002-2024...pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2914/vereador_sergio_maracana_no_003-2024...pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2956/requerimento_no_07-2024._certo.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2957/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2959/requerimento_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3014/requerimento_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3027/requerimento_no_006-2024...pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3028/requerimento_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3029/requerimento_no_006-_2024..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3046/requerimento_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3047/requerimento_no_003-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3048/requerimento_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3086/requerimento_no_007-_2024..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3102/requerimento_no_004-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3113/requerimento_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3114/requerimento_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3115/requerimento_no_007-2024...pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3163/requerimento_no_008-_2024..pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3197/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3199/requerimento_no_009-_2024..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3230/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3234/requerimento_no_007-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3240/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3241/requerimento_no_008-2024_ver._fabio_oliveira..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2751/indicacao_no_001-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2752/indicacao_no_002-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2753/indicacao_no_003-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2754/indicacao_no_004-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2755/indicacao_no_005-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2756/indicacao_no_006-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2757/indicacao_no_007-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2758/indicacao_no_008-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao__no_001_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacao__no_002_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacao__no_003_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacao_no_001-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacao_no_002-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_no_003-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacao_no_001-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacao_no_002-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2767/indicacao_no_001-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2768/indicacao_no_002-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2769/indicacao_no_001-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_no_002-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacao_no_003-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_no_004-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_no_005-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao__no_004_-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_no_006-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2790/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2791/indicacao_no_006-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2794/indicacao_no_009-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_no_010-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2796/indicacao_no_011-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_no_012-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_no_013-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_no_014-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_no_007-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_no_008-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_no_006-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_no_007-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_no_008-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_no_009-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_no_010-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_no_011-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_no_012-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao__no_005-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao_no_015-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao_no_016-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao_no_017-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao_no_018-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao_no_019-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao_no_020-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao_no_007-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2827/indicacao_no_008-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/indicacao_no_009-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2829/indicacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_no_005-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_no_006-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_no_007-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_no_008-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_no_009-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_no_010-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_no_011-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_no_012-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/indicacao_no_013-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/indicacao_no_004-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2843/indicacao_no_010-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2844/indicacao_no_011-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2845/indicacao_no_013-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2846/indicacao_no_014-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2847/indicacao__no_006-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2848/indicacao_no_005-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2849/indicacao_no_006-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2850/indicacao_no_014-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2851/indicacao_no_015-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2852/indicacao_no_016-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2853/indicacao_no_017-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2854/indicacao_no_009-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/indicacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/indicacao_no_018-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2858/indicacao_no_019-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_no_020-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_no_021-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_no_022-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2862/indicacao_no_015-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2863/indicacao_no_021-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2864/indicacao_no_022-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2865/indicacao_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2867/indicacao_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2868/indicacao_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_no_010-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2875/indicacao_no_023-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/indicacao_no_012-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2884/indicacao_no_016-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2885/indicacao_no_017-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2886/indicacao_no_018-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2887/indicacao_no_024-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2888/indicacao_no_025-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2889/indicacao_no_026-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2890/indicacao_no_027-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2891/indicacao_no_013-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2892/indicacao_no_014-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_no_015-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_no_007-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2895/indicacao_no_008-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2896/indicacao_no_011-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2897/indicacao_no_012-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2898/indicacao_no_013-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2903/indicacao_no_019-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2904/indicacao_no_028-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/indicacao_no_029-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/indicacao_no_030-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/indicacao_no_031-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2908/indicacao_no_032-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/indicacao_no_033-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2910/indicacao_no_034-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2911/indicacao_no_035-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2912/indicacao_no_036-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/indicacao_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/indicacao_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/indicacao_no_016-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/indicacao_no_038-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/indicacao_no_039-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_no_040-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/indicacao_no_041-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/indicacao_no_042-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2925/indicacao_no_043-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2926/indicacao_no_023-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2927/indicacao_no_024-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2928/indicacao_no_025-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2929/indicacao_no_001-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2932/indicacao_no_002-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2935/indicacao_no_003-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2936/indicacao_no_004-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2937/indicacao_no_005-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2938/indicacao_no_006-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2939/indicacao_no_007-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2940/indicacao_no_008-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2941/indicacao_no_009-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2944/indicacao_no_010-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2946/indicacao_no_011-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2947/indicacao_no_012-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2948/indicacao_no_013-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2949/indicacao_no_014-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2950/indicacao_no_015-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2953/indicacao_-001-_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2954/indicacao_-002-_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2958/requerimento_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2965/indicacao_no_009-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2966/indicacao_no_016-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2967/indicacao_no_017-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2968/indicacao_no_044-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2969/indicacao_no_045-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2970/indicacao_no_046-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2971/indicacao_no_047-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2972/indicacao_no_048-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2973/indicacao_no_049-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_no_050-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_no_051-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_no_052-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_no_053-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_no_054-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_no_0055-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_no_056-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_no_057-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2982/indicacao_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2983/indicacao_no_020-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2984/indicacao_no_021-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2985/indicacao_no_022-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2986/indicacao_no_017-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2987/indicacao_no_015-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2988/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2989/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2990/indicacao_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2991/indicacao_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2992/indicacao_no_026-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2993/indicacao_no_027-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2994/indicacao_no_028-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2995/indicacao_no_029-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_no_030-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_no_031-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2998/indicacao_no_032-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2999/indicacao_no_033-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3000/indicacao_no_034-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3001/indicacao_no_035-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_no_036-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3005/indicacao_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_no_023-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_no_024-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_no_025-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao__no_007-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3010/indicacao__no_008-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3011/indicacao_no_018-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_no_026-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_no_016-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3019/indicacao_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3020/indicacao_no_018-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3021/indicacao_no_019-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_no_037-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_no_038-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_no_039-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_no_040-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3026/indicacao_no_041-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3030/indicacao_no_020-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3031/indicacao_no_021-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3032/indicacao_no_010-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3033/indicacao_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3034/indicacao_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3035/indicacao_no_027-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3036/indicacao_no_028-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3037/indicacao_no_017-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3038/indicacao_no_018-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3039/indicacao_no_058-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3040/mocao_de_pesar_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3049/indicacao_no_011-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3050/indicacao_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3052/indicacao_no_029-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_no_030-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_no_059-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_no_060-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_no_022-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3057/indicacao_no_023-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3058/indicacao_no_024-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3059/indicacao_no_025-2024_ver._joao_bosco..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3060/indicacao_no_020-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_no_021-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_no_018-2024..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3065/indicacao_no_019-2024..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3066/indicacao_no_020-2024..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3067/indicacao_no_061-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3068/indicacao_no_042-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3069/indicacao_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3070/indicacao_no_023-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3071/indicacao_no_024-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3072/indicacao__no_009-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3073/indicacao_no_012-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3074/indicacao_no_019-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3075/indicacao_no_020-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3076/indicacao_no_031-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3077/indicacao_no_032-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3078/indicacao_no_033-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3079/indicacao_no_034-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3080/indicacao_no_035-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3092/indicacao_no_063-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_no_039-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3094/indicacao_no_040-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3095/indicacao_no_025-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3096/indicacao_no_045-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3097/indicacao_no_046-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3098/indicacao_no_047-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3099/indicacao_no_048-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3100/indicacao_no_049-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3104/indicacao_no_043-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3105/indicacao_no_044-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3106/indicacao_no_037-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3107/indicacao_no_038-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3108/indicacao_no_062-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3109/indicacao_no_064-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3110/indicacao_no_065-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3111/indicacao_no_066-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3112/indicacao_no_021-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_048-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_no_050-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_051-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_no_052-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_041-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_042-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3125/indicacao_no_043-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3126/indicacao_no_021-2024..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3127/indicacao_no_022-2024..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3128/indicacao_no_023-2024..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_067-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3130/indicacao_no_068-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3131/indicacao_no_069-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_026-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_027-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_044-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3137/indicacao_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3138/indicacao__no_010-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3139/indicacao__no_011-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3140/indicacao__no_012-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3141/indicacao__no_013-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_070-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_071-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3144/indicacao_no_072-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3145/indicacao_no_073-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3146/indicacao_no_074-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3147/indicacao_no_022-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3148/indicacao_no_023-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3149/indicacao_no_024-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3150/indicacao_no_025-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3154/indicacao_no_046-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3155/indicacao_no_028-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3156/indicacao_no_075-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3157/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3158/indicacao_no_026-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3159/indicacao_no_027-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3160/indicacao_no_028-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3161/indicacao_no_029-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3162/indicacao_no_030-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3167/indicacao_no_047-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3168/indicacao_no_013-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3169/indicacao_no_076-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_no_077-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_no_078-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao__no_014-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao__no_015-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_no_079-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3177/indicacao_no_080-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3178/indicacao_no_048-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3179/indicacao_no_053-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3180/indicacao_no_054-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_055-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3182/indicacao_no_056-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_057-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3184/indicacao_no_058-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_no_059-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3186/indicacao_no_060-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_049-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_031-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_061-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3192/indicacao_no_062-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_no_063-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3194/indicacao_no_064-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3195/indicacao_no_065-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_066-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3198/indicacao_no_050-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3207/indicacao_no_051-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3208/indicacao_no_067-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3209/indicacao_no_082-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3210/indicacao_no_024-2024..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_no_025-2024..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_no_052-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3215/indicacao_no_083-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3216/indicacao_no_084-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_085-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3218/indicacao_no_086-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3219/indicacao_no_053-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3220/indicacao_no_054-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3221/indicacao_no_027-2024..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3222/indicacao_no_028-2024..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao__no_016-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3224/indicacao_no_032-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_no_014-2024_ver._itamar_lourenco..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3232/indicacao_no_087-2024_ver._marcio_fernandes..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3233/indicacao_no_029-2024_vereadora_jocilma_amaral..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_055-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3239/indicacao__no_017-_2024_ver._amarildo_schimieleski..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3242/indicacao_no_056-2024_vereador_sergio_maracana..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3243/indicacao_no_068-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3244/indicacao_no_069-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3248/indicacao_no_070-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_071-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_no_033-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3253/indicacao_no_034-2024_vereadora_fatima..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2771/mocao_de_aplausos_no_001-2024_ver._serjao..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2775/mocao_de_aplausos_no_001-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2781/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/mocao_de_aplausos_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/mocao_de_aplausos_no_002-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2882/mocao_de_aplausos_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2883/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2900/mocao_de_aplausos_no_002-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_de_aplausos_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/mocao_de_aplausos_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_de_aplauso_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2916/mocao_de_aplausos_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2964/mocao_de_aplausos_no_003-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3012/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3013/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3041/mocao_de_aplausos_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3042/mocao_de_aplausos_no_004-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3043/mocao_de_aplausos_no_005-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3045/mocao_de_aplausos_no_003-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3051/mocao_de_congratulacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3082/mocao_de_congratulacao_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3091/mocao_de_congratulacao_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3101/mocao_de_aplausos_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3103/mocao_de_aplauso_no_004-2024_-_maracana..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3118/mocao_de_aplausos_no_006-2024_ver._benedito..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3134/mocao_de_aplausos_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3151/mocao_de_aplausos_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_de_aplausos_no_004-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_de_aplausos_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3204/mocao_de_aplausos_-_ver._dudu_carrapato_-_2024.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3228/mocao_de_aplausos_no_006-2024_vereadora_jossielma..pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3255/mocao_de_aplausos_no_008-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3256/mocao_de_aplausos_no_009-2024_ver._benedito_aurelio..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2772/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/mocao_de_pesar_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_no_003-2024...pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2955/mocao_de_pesar_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2960/mocao_de_pesar_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2961/mocao_de_pesar_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2962/mocao_de_pesar_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2963/mocao_de_pesar_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3004/mocao_de_pesarno_003-2024._ok.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_de_pesar_-_vereadora_jocilma_amara_02l_-_2024.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3016/mocao_de_pesar_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3044/mocao_de_pesar_-_vereadora_jossielma_silva_no_001-2024.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3084/mocao_de_pesar_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3085/mocao_de_pesar_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3087/mocao_de_pesar_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3088/mocao_de_pesar_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3089/mocao_de_pesar_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3090/mocao_de_pesar_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3116/mocao_de_pesar_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3117/mocao_de_pesar_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3135/mocao_de_pesar_no_009-2024..pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3152/mocao_de_pesar_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3153/mocao_de_pesar_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3165/mocao_de_pesar_no_011-2024..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3166/mocao_de_pesar_no_003-2024._vereadora_jocilma_amaral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_de_pesar_no_004-2024._vereadora_jocilma_amaral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3190/mocao_de_pesar_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3200/mocao_de_pesar_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3205/mocao_de_pesar_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3206/mocao_de_pesar_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3213/mocao_de_pesar_ver._fabio_de_oliveira-_2024.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3214/mocao_de_pesar_-_vereadora_jossielma_silva_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3226/mocao_de_pesar_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3227/mocao_de_pesar_no_018-2024..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3229/mocao_de_pesar_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_de_pesar_no_019-2024..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3235/mocao_de_pesar_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3236/mocao_de_pesar_no_013-2024..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_de_pesar_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_de_pesar_no_016-2024..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3247/mocao_de_pesar_no_021-2024..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3250/mocao_de_pesar_no_017-2024..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3254/mocao_de_pesar_-_vereadora_jossielma_silva_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3201/projeto_de_decreto_legilsativo_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimentono_001-2024..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2778/requerimento_no_001-_2024..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2779/requerimento_no_001-2024...pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2780/requerimento_no_002-2024...pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2841/requerimento_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2842/requerimento_no_004-2024...pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/requerimento_no_001-2024_vereadora_jocilma.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2870/requerimento_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2871/requerimento_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/requerimento_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/requerimento_no_002-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2879/vereador_sergio_maracana_no_001-2024...pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2880/requerimento_no_003-_2024..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2881/requerimento_no_004-_2024..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2899/requerimento_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2913/vereador_sergio_maracana_no_002-2024...pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2914/vereador_sergio_maracana_no_003-2024...pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_no_001-2024..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_no_002-2024..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_no_004-2024..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2942/requerimento_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2951/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2952/requerimento_no_003-2024..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2956/requerimento_no_07-2024._certo.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2957/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/2959/requerimento_no_010-2024..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_no_012-2024..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3014/requerimento_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3027/requerimento_no_006-2024...pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3028/requerimento_no_014-2024..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3029/requerimento_no_006-_2024..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3046/requerimento_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3047/requerimento_no_003-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3048/requerimento_no_015-2024..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3086/requerimento_no_007-_2024..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3102/requerimento_no_004-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3113/requerimento_no_005-2024..pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3114/requerimento_no_006-2024..pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3115/requerimento_no_007-2024...pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3163/requerimento_no_008-_2024..pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3197/requerimento_no_007-2024..pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3199/requerimento_no_009-_2024..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3230/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3234/requerimento_no_007-2024_ver._fabio_oliveira..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3240/requerimento_no_008-2024..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2024/3241/requerimento_no_008-2024_ver._fabio_oliveira..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H504"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>