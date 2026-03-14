--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,8192 +54,8192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÕES</t>
   </si>
   <si>
     <t>Fabio Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_-_vereador_fabio_-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_-_vereador_fabio_-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA o Prefeito Municipal de Poconé, Ataíl Marques do Amaral, com cópia a Secretaria Municipal de Infraestrutura, Senhor Ney Rondon Marques, no sentido de recuperar o sistema de iluminação pública na rodovia MT 060/entroncamento com a MT 451 Adauto Leite/Coenge, município de Poconé-MT.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dudu Carrapato</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_ver._dudu_carrapato_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_ver._dudu_carrapato_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA a Exm. Sr. Atail Marques do Amaral, Prefeito Municipal, Sr. Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomem as providências necessárias para efetuar patrolamento, colocação de cascalho nos pontos críticos da pista de rolamento da Estrada Vicinal que demanda a Boqueirão e Adjacências, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marcinho</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_marcio_fernandes_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_marcio_fernandes_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  Os Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Joelma Gomes da Silva, Secretária Municipal de Emprego, Renda e Assistência Social, buscar entendimentos e tomadas de providências para aquisição de equipamentos de Biometria Facial Akiyama AKYS – 10; Licença de uso dispositivo Facial – full; leitor biométrico baseado em técnica digital – WATSON MINI – AK; Coletor de assinatura STU - 540 Color USB – WACOM; Software openbio idem – AKIYAMA. _x000D_
 A aquisição do Kit Biométrica faz necessária para atender reivindicação recebida do setor e visa adequar ao novo modelo da Carteira de Identidade já em vigor no Estado de Mato Grosso, regulamentado pelo Decreto Federal n.º 9.278, de 05 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Amarildo</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_-_ver._amarildo_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_-_ver._amarildo_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos, parcerias e providências necessárias para realizar serviços de adequação na estrutura física, urbanização e revitalização da área em torno da Unidade Básica de Saúde – UBS “RICARDO ELIAS NEHME”, localizada na BR 070, Comunidade Rural 120, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BENEDITO AURÉLIO</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_-_ver._benedito_aurelio_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_-_ver._benedito_aurelio_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de viabilizar construção de redutor de velocidade na Rua 15 de Novembro esquina com a Intendente Antônio João, próximo a Loja A Ruralista, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Fafá do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_-_vereadora_fatima_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_-_vereadora_fatima_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura,  no sentido de viabilizar serviços que se fazem necessários patrolamento, colocação de cascalho, construção de pontes ou instalação de manilhas nos pontos críticos  da estrada que demanda a Comunidade Rural Buriti do Lopez, município de Poconé-MT.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SÉRGIO MARACANÃ</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_-_vereador_sergio_maracana_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_-_vereador_sergio_maracana_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal de Poconé, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providências para efetuar readequação e manutenção na grade coletora de águas fluviais “boca de lobo” da Avenida Generoso Ponce, próximo ao posto de combustível São Cristóvão, bairro Boa Nova, e na Rua São Benedito, esquina com a Praça da Matriz ao lado do escritório de advocacia, Centro, nesta cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jocilma Amaral</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_-vereadora_jocilma_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_-vereadora_jocilma_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências para efetuar serviços de limpezas públicas, podas de árvores, restauração nos canteiros, serviços de jardinagens, paisagismo e instalação de uma academia ao ar livre na Praça Pública São Francisco de Assis, localizada no bairro Cidade Rosa (Cohab Nova), cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Jossielma Silva</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_vereadora_jossielma_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_vereadora_jossielma_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA a Empresa Energisa/Rede Cemat, buscar parceria com a Prefeitura Municipal de Poconé, com a finalidade de construir calçada e instalar contêiner na frente da estrutura física da Subestação, localizada na Avenida Aníbal de Toledo, bairro Boa Esperança, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_-_ver._amarildo_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_-_ver._amarildo_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências os senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, secretário municipal de Infraestrutura, no sentido de formalizar entendimentos para efetuar limpezas públicas, capinação e a complementação dos serviços iniciados no exercício de 2020, no mini estádio “Luiz Vicente de Arruda Falcão – Campo da Brita”, localizado no bairro Bom Pastor, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_-_ver._benedito_aurelio_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_-_ver._benedito_aurelio_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, realizar estudo e providência no sentido de implantar redutor de velocidade tipo lombada (quebra mola), na Avenida Aníbal de Toledo nas proximidades do Mercado Pantanal, no encontro entre as Avenidas Aníbal de Toledo e a Avenida Generoso Ponce, bairro Cruz Preta, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_ver._dudu_carrapato_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_ver._dudu_carrapato_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA ao Exm. Sr. Atail Marques do Amaral, Prefeito Municipal, estudar a viabilidade da nomeação do Loteamento Residencial Urbano, situado na Rua Joaquim Murtinho, nesta cidade de Poconé-MT, com a denominação: “Residencial Baisi Ville”, e as ruas:_x000D_
 A primeira, saindo da Rua 21 de Janeiro com o nome “Francisco Baisi” e a Segunda com o nome de “Rua Maria Tereza Tangaro Baisi”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_-_vereadora_fatima_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_-_vereadora_fatima_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, senhor Jorge Getúlio da Silva, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no sentido de viabilizar atendimentos aos pequenos produtores rurais das comunidades Boi de Carro, Santa Rita; Programas de Assentamentos Cumbaru, Boa Esperança, com deslocamentos de máquinas agrícolas para gradear e preparar o solo para o plantio, por ser o momento ideal, aproveitar o período das chuvas para que os produtores, sitiantes possam fazer as suas plantações.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_marcio_fernandes_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_marcio_fernandes_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Moraes Falcão, Secretária Municipal de Educação, buscar entendimentos e tomadas de providências para efetuar reformas que se fazem necessárias nos banheiros, telhados e em outros pontos da estrutura física que abriga a Escola Municipal Alegre II, Programa de Assentamento Carrijo, bem como a construção de uma sala para refeitório para que as crianças tenham local apropriado para lanchar, almoçar._x000D_
 Indicam ainda, viabilizar manutenção nos computadores e outros equipamentos do laboratório para que possa atender da melhor maneira possível a sua clientela.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_-_vereador_sergio_maracana_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_-_vereador_sergio_maracana_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 _x000D_
 _x000D_
                    O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos com Dep. Estadual Max Russi, para assegurar recursos financeiros via emenda parlamentar ou através de recursos próprios, para serviços de asfalto, meio fio e sarjeta em toda extensão da Rua Hugo Nunes Rondon (antiga Rua ABC), Rua Tércio Paredi, Rua Santa Fé, no bairro Jurumirim, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_-vereadora_jocilma_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_-vereadora_jocilma_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências junto ao Governo do Estado, Secretaria de Estado de Infraestrutura, Deputados Estaduais, Federais, Senadores mo sentido de viabilizar recursos orçamentários do Estado ou da União para a Prefeitura Municipal de Poconé realizar serviço de pavimentação asfáltica. Meio fio e sarjeta em toda extensão da Rua Justino Gonçalves da Guia, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_-_ver._amarildo_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_-_ver._amarildo_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICAM as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, no sentido de viabilizar estudo, projeto para buscar recursos junto aos Governos Estadual, Federal e Municipal para aquisição de uma área para construção de creche proinfância no populoso bairro João Godofredo, nesta cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_-_ver._benedito_aurelio_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_-_ver._benedito_aurelio_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, a necessidade de viabilizar manutenção com serviços de patrolamento, e colocação de cascalhos, nas estradas que demanda as comunidades rurais Santa Helena, Carrijo, Rosilho e Água Vermelha, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_ver._dudu_carrapato_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_ver._dudu_carrapato_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos para construção de poço artesiano na Comunidade Água Vermelha, proximidades da propriedade do Senhor Bastião da Lajinha, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_-_vereadora_fatima_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_-_vereadora_fatima_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Os Vereadores que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICAM as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, senhor Marcelo Oliveira, Secretário de Estado de Infraestrutura e Logística, Dep. Estadual Max Russi e a Depª. Estadual Janaína Riva, no sentido de buscar entendimentos para realizar parceria Prefeitura Municipal/SINFRA, com a finalidade de fortalecer/renovar/substituir sinalizações “Olho de Gato” por “Lombadas” em pontos estratégicos da pista de rolamento da Estrada Parque – MT 370 “Prof.ª Francisca Figueiredo Martins”, trecho: Entre a Ponte Rio Bento Gomes a Avenida Generoso Ponce, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_marcio_fernandes_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_marcio_fernandes_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para buscar parceria com o Governo do Estado, Proprietários de Fazendas objetivando a construção de uma ponte ma estrada vicinal que demanda às comunidades rurais Carrijo, Cavalo Branco, Lagoa Azul, Triangulo, Fazenda de Cima e Adjacências, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_-_vereador_sergio_maracana_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_-_vereador_sergio_maracana_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 _x000D_
                      O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Deputado Estadual Max Russi, buscar entendimentos e tomadas de providencias, para perfuração de poços artesianos com instalação de caixa de água e extensão de rede de abastecimento na comunidade Quilombola Tanque do Padre, região Peraputanga e nas comunidades rurais tradicionais Espinhal e Pantanalzinho, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_-vereadora_jocilma_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_-vereadora_jocilma_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé - MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, Indica as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências junto ao Governo do Estado, Secretaria de Estado de Infraestrutura, Deputados Estaduais, Federais, Senadores no sentido de viabilizar recursos orçamentários do Estado, União, via emendas parlamentares para que a Prefeitura Municipal priorize as obras de complementação asfalto, meio fio e sarjeta em vias públicas do populoso bairro João Godofredo, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_-_ver._benedito_aurelio_-_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_-_ver._benedito_aurelio_-_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José Joadir Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano, no sentido de viabilizar instalação de placas de sinalização “PARE”, na esquina da Rua Intendente Antônio João com a Av. Generoso Ponce, próximo ao Posto de Combustível São Cristovão, nesta cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_ver._dudu_carrapato_-_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_ver._dudu_carrapato_-_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o Plenário, INDICA a Sua Excelência Atail Marques do Amaral, Prefeito Municipal, buscar entendimentos e tomadas de providências necessárias junto ao setor competente para que seja feita manutenção na torre de transmissão de serviço de internet da Comunidade Água Vermelha, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_-_vereadora_fatima_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_-_vereadora_fatima_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e tomas de providências para assegurar recursos financeiros junto ao Governo do Estado, via emenda parlamentar ou recursos próprios destinados para a Prefeitura Municipal de Poconé efetuar serviços de asfalto, meio fio e sarjeta nas vias públicas Tereza Botas, Primavera, Oito de Março e as paralelas, localizadas no bairro Cruz Preta, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_-_vereadora_fatima_2021_-_005.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_-_vereadora_fatima_2021_-_005.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e tomas de providências para assegurar recursos financeiros junto ao Governo do Estado, via emenda parlamentar ou recursos próprios destinados para a Prefeitura Municipal de Poconé viabilizar perfuração de Poço Artesiano, instalação de Bomba e Caixa d’água na sede do Programa de Assentamento Cumbaru, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_-_vereadora_fatima_2021_-_006.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_-_vereadora_fatima_2021_-_006.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e tomas de providências para assegurar recursos financeiros junto ao Governo do Estado, via emenda parlamentar ou recursos próprios destinados para a Prefeitura Municipal de Poconé viabilizar aquisição de um Tratorico para atender pequenos produtores, famílias da Comunidade Rural São Gonçalo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_-_vereadora_fatima_2021_-_007.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_-_vereadora_fatima_2021_-_007.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhora Joelma Gomes da Silva, Secretária Municipal de Assistência Social, Emprego e Renda, no sentido de buscar entendimentos e tomadas de providências de que o importante projeto “Sonho Meu” seja ministrado em dias alternativos no Programa de Assentamento Campo Limpo II, atendendo crianças residentes nas comunidades Campo Limpo I, Campo Limpo II, Água Vermelha, Laranjal e Forquilha, município de Poconé.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_-_vereadora_fatima_2021_-_008.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_-_vereadora_fatima_2021_-_008.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, a necessidade de viabilizar a manutenção que se fazem necessária na ponte de madeira localizada na antiga rodovia que liga Poconé ao Entroncamento da MT 451 - Rodovia Adauto Leite/ Coenge, nas proximidades das localidades Praia Branca, Fazenda Nossa Senhora Aparecida, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_-_vereadora_fatima_2021_-_009.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_-_vereadora_fatima_2021_-_009.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Senadores Jayme Campos, Wellington Fagundes, Carlos Favaro, Deputados Federais Carlos Bezerra, Neri Geller, Deputados Estaduais Max Russi, Janaina Riva, Dr. João José, Paulo Araújo, Wilson Santos, no sentido de buscar entendimentos e tomadas de providências para assegurar recursos financeiros no Orçamento Geral da União, do Governo do Estado, visando estudo, elaboração de projeto, para construção de pontes ou instalação de manilhas entre os pontos denominados “Cuiabazinho” e “Cuiabá Velho”, na Estrada Vicinal Ribeirinha “Armando Gomes Ferreira Mendes”, com extensão de 75 quilômetros, localizada a margem do Rio Cuiabá, com início na Estrada Parque “Professora Francisca de Figueiredo Martins/Porto Cercado</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_marcio_fernandes_-_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_marcio_fernandes_-_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para efetuar serviços de limpezas públicas que se fazem necessárias na área que compreende o Centro Comunitário e o PSF do Bairro Cidade Rosa/COHAB Nova, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_marcio_fernandes_-_2021_-_005.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_marcio_fernandes_-_2021_-_005.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, a Empresa ENERGISA, buscar entendimentos e tomadas de providências para efetuar a complementação de rede de energia elétrica com sistema de iluminação pública em toda extensão da Rua Ana Maria Prado, bairro São Benedito, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_marcio_fernandes_-_2021_-_006.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_marcio_fernandes_-_2021_-_006.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para efetuar limpezas que se fazem necessárias retirada de entulhos, roçada na área do Mini-Estádio Juvenal Benedito da Costa – “Campo do Ensaio”, localizado mo bairro Cruz Preta, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_marcio_fernandes_-_2021_-_007.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_marcio_fernandes_-_2021_-_007.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e tomadas de providências para efetuar limpezas que se fazem necessárias retirada de entulhos, roçada nas margens da área que compreende o Campo de Futebol, localizado no bairro Santa Teresinha, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_-_vereador_sergio_maracana_-_2021_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_-_vereador_sergio_maracana_-_2021_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 _x000D_
                      O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon Marques, secretário municipal de Infraestrutura, buscar entendimentos e tomadas de providencias para efetuar limpezas capina e outras necessárias no entorno da obra: “Unidade Básica de Saúde” e do “Centro de Atendimento Médico”, bairro Jurumirim, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_-vereadora_jocilma_-_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_-vereadora_jocilma_-_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta Casa, ouvido o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar entendimentos e tomadas de providencias juntos a Deputados Estaduais, Federais, Senadores, no sentido de angariar recursos financeiros destinados para construir nova calçada e arborização no prolongamento da Rua Joaquim Murtinho a partir da sede do APAE até o Núcleo Habitacional Cidade Rosa/Cohab Nova, Poconé-MT.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_-vereadora_jocilma_-_2021_-_005.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_-vereadora_jocilma_-_2021_-_005.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
                        A Vereadora que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e providência no sentido de implantar redutor de velocidade, tipo lombada (quebra mola), em pontos estratégicos da Rua Hugo Nunes Rondon, “Antiga Rua ABC”, bairro Cidade Rosa, Cohab Nova, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_-_vereadora_fatima_2021_-_009.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_-_vereadora_fatima_2021_-_009.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_marcio_fernandes_-_2021_-_008.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_marcio_fernandes_-_2021_-_008.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, buscar entendimentos e tomadas de providências junto a Deputados Estaduais, Federais, Senadores para assegurar recursos financeiros destinados para a Prefeitura Municipal de Poconé, realizar serviços de asfalto, meio fio e sarjeta na Rua Nossa Senhora do Livramento, bairro Boa Nova, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_marcio_fernandes_-_2021_-_009.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_marcio_fernandes_-_2021_-_009.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Senadores Jayme Campos, Wellington Fagundes, Carlos Favaro, Deputados Federais Carlos Bezerra, Neri Geller, buscar entendimentos e tomadas de providências junto a Ministra de Estado da Agricultura, Pecuária e Abastecimento, senhora Tereza Cristina Correa da Costa Dias, sobre a possibilidade de atendimento da reivindicação dos pescadores do Estado de Mato Grosso, em especial do município de Poconé – MT, que pedem a volta da competência de análise dos processos de seguros da categoria para as regionais dos Estados. E ainda, informação sobre o cronograma de pagamentos do referido seguro, por se tratar de um pedido emergencial devido à situação de necessidade em que pescadores se encontram, e por não terem recebido ainda nenhum pagamento das parcelas para suprir as necessidades mais básicas da categoria, principalmente nesse período de</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_marcio_fernandes_-_2021_-_010.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_marcio_fernandes_-_2021_-_010.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de realizar serviços de podas de arvores e limpeza pública nos canteiros da Praça do Distrito de Cangas, município de Poconé - MT.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_marcio_fernandes_-_2021_-_011.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_marcio_fernandes_-_2021_-_011.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
                         O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de tomar as providências necessárias para colocar uma rede de proteção de transporte no caminhão de coleta de lixo devido à falta dessa proteção lixos caem em vias públicas durante o transporte para o deposito final dos lixos, a margem da Estrada Parque, lixão público, localizada na MT Poconé/Porto Cercado.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_marcio_fernandes_-_2021_-_012.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_marcio_fernandes_-_2021_-_012.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 _x000D_
                         O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, buscar entendimentos junto ao Governador do Estado, Mauro Mendes, Secretário de Estado de Infraestrutura e Logística, Marcelo de Oliveira e Silva, Deputados Federais Juarez Costa e Carlos Bezerra, Deputados Estaduais Thiago Silva, Doutor João e Janaína Riva, no sentido de viabilizar recursos orçamentários via Estado, União destinados para aquisição de 10 mil toneladas de materiais (concreto betuminoso usinado, massa asfáltica), para a Prefeitura Municipal, realizar serviços de tapa buracos, em vias públicas da cidade de Poconé e do Distrito de Cangas.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_marcio_fernandes_-_2021_-_013.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_marcio_fernandes_-_2021_-_013.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA ao Exmº. Governador do Estado, Mauro Mendes, o Exmº. Senhor Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira, Secretário de Estado de Infraestrutura e Logística, Deputado Federal Carlos Bezerra, Deputados Estaduais Romoaldo Júnior, Janaína Riva e Doutor João, no sentido de buscar entendimento para viabilizar recursos orçamentários do Estado ou da União para dar continuidade nos serviços asfalto, sarjeta e meio fio na extensão da Rua Justino Gonçalves no município de Poconé/MT.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_marcio_fernandes_-_2021_-_014.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_marcio_fernandes_-_2021_-_014.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA ao Exmº. Governador do Estado, Mauro Mendes, o Exmº. Senhor Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira, Secretário de Estado de Infraestrutura e Logística, Carlos Bezerra, Dep. Federal, Romoaldo Júnior, Dep. Estadual, no sentido de buscar entendimento para viabilizar recursos orçamentários do Estado ou da União para serviços de asfaltos, sarjetas e meio fio na extensão da Rua Santa Fé, localizada no bairro Jurumirim, cidade de Poconé/MT.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_marcio_fernandes_-_2021_-_015.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_marcio_fernandes_-_2021_-_015.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA ao Exmº. Governador do Estado, Mauro Mendes, o Exmº. Senhor Ataíl Marques do Amaral, Prefeito Municipal, Marcelo de Oliveira, Secretário de Estado de Infraestrutura e Logística, Carlos Bezerra, Dep. Federal, Romoaldo Júnior, Dep. Estadual, no sentido de viabilizar recursos junto ao Governo do Estado, Governo Federal, para serviços de asfalto, sarjeta e meio fio na extensão via pública localizada a margem esquerda da Avenida Senador Jonas Pinheiro (Antiga Avenida dos Trabalhadores), sentido Poconé/Cuiabá, trecho entre a Lanchonete do Neizinho até ao Castelinho, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_marcio_fernandes_-_2021_-_016.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_marcio_fernandes_-_2021_-_016.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 	_x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar entendimentos, tomadas de providencias para a continuidade no exercício de 2021 de pagamento do auxilio excepcional temporário aos profissionais que atuam na rede pública municipal de saúde de Poconé – MT, no combate a Pandemia, novo Coronavírus Covid – 19, se possível com retroatividade ao mês de janeiro de 2021.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_marcio_fernandes_-_2021_-_017.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_marcio_fernandes_-_2021_-_017.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 	_x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Gerente da Agencia do Banco Bradesco, cidade de Varzea Grande – MT, com copia a Unidade de Agencia de Poconé, estudar a viabilidade de mudar o funcionamento da unidade da agencia Bradesco da  cidade de Poconé para uma estrutura física maior adequada para atender munícipes com todos os serviços, procedimentos bancários de maneira satisfatória e merecida. Solicita ainda, tomadas de providencias cabíveis para que na unidade Bradesco e nos Postos de Atendimentos, existentes na cidade de Poconé não ocorram falta de dinheiro para atender a clientela como vem ocorrendo com freqüência, obrigando pessoas a procurar agencias em cidades mais próximas.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_marcio_fernandes_-_2021_-_018.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_marcio_fernandes_-_2021_-_018.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 	_x000D_
 _x000D_
 _x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar entendimentos, tomadas de providencias para atender o Centro de Especialidade Médica do município de Poconé, com a contratação de um profissional fisioterapeuta, para que pacientes sejam atendidas na cidade de Poconé.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_marcio_fernandes_-_2021_-_019.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_marcio_fernandes_-_2021_-_019.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 	_x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Danielle Assis, Secretária Municipal de Meio Ambiente, no sentido de buscar entendimentos, tomadas de providencias necessárias para que o Poder Executivo municipal faça um novo pedido de licenciamento junto a Secretaria de Estado de Meio Ambiente – SEMA, objetivando expedição de alvará para secagem e dragagem para desassoreamento da represa municipal, ”João Ponce” – Tanque da Rua, bairro Areão, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_no_04-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_no_04-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvido o Plenário, INDICAM as Suas Excelências os Senhores Ataíl Marques_x000D_
 do Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de buscar entendimentos e tomadas de providências, para_x000D_
 efetuar recolhimento de entulhos, limpezas das margens da Rua Isis da Costa Marques,_x000D_
 localizada entre a Rua Valdevino Evangelista da Silva e a Avenida Aníbal de Toledo, nesta_x000D_
 cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_no_005-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_no_005-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Danielle Assis Carvalho,_x000D_
 Secretária Municipal de Meio Ambiente, no sentido de viabilizar instalação de contêiner_x000D_
 para descarte correto de lixo e placa indicativa, “proibido jogar lixo”, em pontos_x000D_
 estratégicos da Estrada Parque “Prof.ª Francisca Figueiredo Martins” – Poconé/Porto_x000D_
 Cercado - MT.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_no_006-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_no_006-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Deputado Federal Neri Geller, destinar recursos no_x000D_
 orçamento do Governo para aquisição de uma ambulância, para o Hospital Geral de_x000D_
 Poconé - MT.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_no_007-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_no_007-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com_x000D_
 cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, realizar_x000D_
 estudo e providência no sentido de implantar redutores de velocidades tipo lombada_x000D_
 (quebra mola), em pontos estratégicos das vias públicas relacionadas Rua Manoel_x000D_
 Benedito Raul de Campos, “Travessa do Ensaio”, proximidade do Salão do Dil, Rua Frei_x000D_
 Carlos Vallet, situadas no bairro Cruz Preta, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_no_008-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_no_008-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICA a Sua Excelência Deputado Federal Neri Geller, no sentido de buscar_x000D_
 entendimentos e tomadas de providências a fim de destinar materiais esportivos para_x000D_
 atender atividades na cidade de Poconé – MT, sendo._x000D_
 05 bolas de futebol;_x000D_
 03 jogos de uniformes completos, masculino e feminino;_x000D_
 06 jogos de redes para trave de futebol.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_no_009-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_no_009-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICA a Sua Excelência Deputado Federal Neri Geller, no sentido de buscar_x000D_
 entendimentos e tomadas de providências necessárias junto ao Governo do_x000D_
 Estado/Secretaria de Estado de Infraestrutura e Logística, para que o município de_x000D_
 Poconé, através do Programa de Governo MT + Ponte seja contemplado com construção_x000D_
 de uma ponte na estrada que demanda a comunidade rural Frei Manoel, município de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_no_010-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_no_010-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal Neri Geller e Deputado Estadual Paulo Araújo, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para assegurar recursos financeiros junto ao_x000D_
 Governo do Estado, via emenda parlamentar ou recursos próprios destinados para a_x000D_
 Prefeitura Municipal de Poconé, para serviço de asfalto, sarjeta e meio fio nas Ruas_x000D_
 Primavera, Pedro Vitorino e Rua João Felix da Silva, “João Tora”, localizadas no Bairro_x000D_
 Cruz Preta, no município de Poconé - MT.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_no_011-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_no_011-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos e tomadas de providências, para a manutenção no que diz respeito à_x000D_
 pintura dos redutores de velocidade (quebra-molas), readequação e pintura das faixas de_x000D_
 pedestres, bem como placas de sinalização, existentes em toda Poconé.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_no_010-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_no_010-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Infraestrutura, no sentido de formalizar_x000D_
 entendimentos para efetuar serviços de limpeza pública e outros necessários no entorno_x000D_
 da Praça construída no antigo Campo da Ponte Preta, localizado no bairro Jurumirim,_x000D_
 pelo motivo do local está coberto de matos, necessitando urgentemente da realização dos_x000D_
 serviços para oferecer aos residentes um espaço apropriado para lazer e entretenimento,_x000D_
 pelo o que esperamos contar com a acolhida do Poder Executivo a esta justa_x000D_
 reivindicação.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_no_020-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_no_020-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Deputados Estaduais Doutor João e Janaína Riva, Deputado Federal_x000D_
 Carlos Bezerra e Juarez Costa, Juliano Jorge Boraczynski, Presidente da Companhia_x000D_
 Mato-grossense de Mineração, “METAMAT”, no sentido de buscar entendimentos_x000D_
 junto ao Governo do Estado, FUNASA para viabilizar meios para que as comunidades_x000D_
 rurais Bittencourt, Capão do Angico e o P.A Nova Esperança, município de Poconé,_x000D_
 sejam atendidas com construção de poços artesianos dotados de caixa de água e rede_x000D_
 de distribuição de água.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/</t>
+    <t>http://sapl.pocone.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA_x000D_
 as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Secretário de Estado de_x000D_
 Infraestrutura e Logística, Marcelo de Oliveira e Silva, Deputados Federais Neri Geller, Emanuel_x000D_
 Pinheiro Neto, Carlos Bezerra, Deputados Estaduais Doutor João, Max Russi e Janaína Riva, no_x000D_
 sentido de viabilizarem entendimentos para angariar recursos orçamentários via Estado, União,_x000D_
 Emendas Parlamentares, destinados para serviços de asfalto, sarjetas, meio fio na Avenida Dom_x000D_
 Aquino (complementação até o Estádio Municipal “Neco Falcão”) e na Rua João Pinto de Moraes “João_x000D_
 Boleiro”, cidade de Poconé/MT.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_no_022-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_no_022-2021..pdf</t>
   </si>
   <si>
     <t>a_x000D_
 ( ) APRESENTADA (O)_x000D_
 EM,_x000D_
 _____________________________x000D_
 Márcio Fernandes Nunes Pereira_x000D_
 Presidente_x000D_
  Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA_x000D_
 as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Secretário de Estado de_x000D_
 Infraestrutura e Logística, Marcelo de Oliveira e Silva, Deputados Federais Neri Geller, Emanuel_x000D_
 Pinheiro Neto “Emanuelzinho”, Carlos Bezerra, Deputados Estaduais Doutor João, Max Russi e_x000D_
 Janaína Riva, no sentido de buscar entendimentos e tomadas de providencias para viabilizar junto ao_x000D_
 Governo Federal, Estadual, ou através de Emendas Parlamentares, aquisição de uma Patrulha Agrícola_x000D_
 Mecanizada para atender os pequenos produtores da agricultura familiar, dos programas de_x000D_
 assentamentos e sitiantes do município de Poconé – MT, composta de:_x000D_
 02 plantadeiras de mandioca hidráulica;_x000D_
 02 tratorito completo – micro trator – modelo Toyama mod. TDNT80E;_x000D_
 02 distribuidoras de calc</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_no_05-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_no_05-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar_x000D_
 manutenção com serviços de patrolamento, colocação de cascalho em pontos críticos,_x000D_
 instalação de manilhas na Estrada que demanda à Comunidade Rural Pesqueiro,_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_no_06-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_no_06-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar_x000D_
 manutenção com serviços de patrolamento, colocação de cascalho em pontos críticos,_x000D_
 capina e reparos no sistema de iluminação pública das vias públicas da Vila 120,_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_no_07-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_no_07-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar_x000D_
 manutenção com serviços de patrolamento, colocação de cascalho em pontos críticos,_x000D_
 nas estradas que demandam as localidades: Comunidade Rural Pantanalzinho;_x000D_
 Comunidade Rural Figueira; Comunidade Rural Baia do Campo; Programa de_x000D_
 Assentamento Santa Filomena; Comunidade Rural São Benedito, município de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_no_012-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_no_012-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Viviane Cristina_x000D_
 da Silva Lemes, Secretária Municipal de Planejamento e Administração, Giordano Paolo Proença_x000D_
 Campos, Secretário de Finanças, no sentido de buscar entendimentos e tomadas de providências,_x000D_
 para que viabilizem meios para adesivar os veículos locados e oficiais do município de Poconé –_x000D_
 MT.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_-_fabio_de_oliveira_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_-_fabio_de_oliveira_-_002.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, viabilizar a_x000D_
 retirada do lixo e entulhos depositados nos fundos da Igreja Assembleia de Deus,_x000D_
 localizada no Loteamento jardim dos Estados, próximo a Vila Toledo, cidade de Poconé,_x000D_
 visando atender pedidos de moradores e fieis.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_-_no_023-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_-_no_023-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Danielle_x000D_
 Assis Carvalho, Secretária Municipal de Meio Ambiente, no sentido de buscar_x000D_
 entendimentos, tomadas de providências e buscar parceria com a Secretaria Municipal_x000D_
 de Cultura, AMM, Sedtur, Sesc Pantanal, CooperPoconé, visando alteração, atualização_x000D_
 do Projeto que trata da revitalização da represa Municipal João Ponce/Tanque da Rua_x000D_
 coma inclusão do Tanque Jurumirim, para que possam buscar recursos financeiros_x000D_
 junto ao Governo do Estado, Federal, para que estes pontos turísticos sejam_x000D_
 recuperados.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_-_no_024-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_-_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Mauro Mendes, Governador do Estado – MT,_x000D_
 Alexandre Bustamante dos Santos, Secretário de Segurança Pública do Estado,_x000D_
 buscar entendimentos e tomadas de providencias para ampliar rondas policiais_x000D_
 através da Força Tática na cidade de Poconé e nos Distritos Cangas e Nossa Senhora_x000D_
 Aparecida do Chumbo.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_-_no_025-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_-_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Marcelo de Oliveira e Silva, Secretário de Estado de_x000D_
 Infraestrutura e Logística, Senadores Carlos Favaro, Wellington Fagundes e Jayme_x000D_
 Campos, Deputados Federais Emanuelzinho, Juarez Costa, Carlos Bezerra e Neri Geller,_x000D_
 Deputados Estaduais Doutor João e Janaína Riva, no sentido de buscar entendimentos e_x000D_
 tomadas de providencias para angariar recursos financeiros através do Governo do_x000D_
 Estado ou via emenda parlamentares destinados para serviços de revitalização da MT_x000D_
 060 Rodovia Estadual Denominada José Monteiro de Figueiredo do entroncamento da BR_x000D_
 070 até a cidade de Poconé e construção de uma ponte de concreto próximo a fazenda_x000D_
 Sabiá.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_-_no_026-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_-_no_026-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Ney Rondon Marques,_x000D_
 Secretário Municipal de Infraestrutura, a necessidade de atender os pequenos produtores_x000D_
 rurais da Comunidade Capão de Angico, com serviços de gradeagem, visando o_x000D_
 fortalecimento da agricultura familiar</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_no_08-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_no_08-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção_x000D_
 em 03 (três) pontes localizadas nas estradas do Programa de Assentamento Santa_x000D_
 Filomena e na Comunidade Rural Baia do Campo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_no_09-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar serviços de_x000D_
 patrolamento, colocação de cascalho e manutenção de pontes na Estrada Velha que liga_x000D_
 a sede da cidade de Poconé a MT 451 “Adauto Leite”/Coenge.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao_no_010-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao_no_010-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e_x000D_
 Logistica, no sentido de buscar entendimentos e providências necessárias para concluir_x000D_
 serviços de tapa buracos na MT 451 “Adauto Leite/Coenge” até o Entroncamento da BR_x000D_
 070, bem limpezas das margens, em razão da não conclusão e existência de vários_x000D_
 buracos na pista de rolamento e do reclame recebido de usuários, com aumento do fluxo_x000D_
 de veículos que faz transporte da produção de soja, milho e outros produtos, para evitar_x000D_
 que danos e acidentes ocorram.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao_no_011-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao_no_011-2021.pdf</t>
   </si>
   <si>
     <t>a_x000D_
 ( ) APROVADA (O)_x000D_
 ( ) REJEITADA (O)_x000D_
 EM, ________/_______/________x000D_
 _____________________________x000D_
 Márcio Fernandes Nunes Pereira_x000D_
 Presidente_x000D_
  Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário de Estado de Infraestrutura, Marcelo_x000D_
 de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido de_x000D_
 buscar entendimentos e tomadas de providências necessárias para substituir 03 (três)_x000D_
 pontes de madeiras por pontes de concretos, estradas que demandam as comunidades_x000D_
 rurais: Rodeio, com extensão de 10 metros; Varzearia, com 6.5 metros; Piuval, com 6.5_x000D_
 metros, município de Poconé.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_no_013-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_no_013-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Deputado_x000D_
 Estadual Paulo Araújo, Deputada Estadual Janaina Riva no sentido de buscar_x000D_
 entendimentos, parcerias para realização de serviço construção de pontes e/ou_x000D_
 instalação de manilhas de grandes portes na Estrada Ribeirinha “Armando Gomes_x000D_
 Ferreira Mendes”, que liga a Estrada Parque “Profª. Francisca Figueiredo Martins” a_x000D_
 várias propriedades, pesqueiros localizadas nas margens do Rio Cuiabá , entre os pontos_x000D_
 denominados “Cuiabazinho” e “Cuiabá Velho”, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_no_014-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_no_014-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Marlon de Pádua, Diretor de_x000D_
 Serviços Urbanos, buscar entendimentos e tomadas de providências para efetuar serviços_x000D_
 de limpezas públicas que se fazem necessárias na área que compreende o Pátio da Praça_x000D_
 da Cruz Preta, bairro Cruz Preta, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_no_015-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_no_015-2021.pdf</t>
   </si>
   <si>
     <t>a_x000D_
 ( ) APRESENTADA (O)_x000D_
 EM,_x000D_
 ________________________x000D_
 Márcio Fernandes Nunes Pereira_x000D_
 Presidente_x000D_
  Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Marlon de Pádua, Diretor de_x000D_
 Serviços Urbanos, buscar entendimentos e tomadas de providências para efetuar serviços_x000D_
 de limpeza e iluminação pública, que se fazem necessárias nas Ruas Pedro Vitorino e_x000D_
 João Felix da Silva, “João Tora”, localizadas no Bairro Cruz Preta, no município de_x000D_
 Poconé - MT.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao_no_016-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao_no_016-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, ao Rotary_x000D_
 Club de Poconé Portal do Pantanal, para que viabilizem estudos, parceria para a_x000D_
 construção de uma Academia ao Ar Livre no Bairro Santa Tereza, dotada de espaço e_x000D_
 toda infraestrutura.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao_no_017-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao_no_017-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, tomadas de providências necessárias para criar_x000D_
 VACINÔMETRO no município de Poconé, atualizando a cada 24 horas nas redes sociais,_x000D_
 para manter a população informada sobre o andamento do processo de vacinação_x000D_
 referente a imunização da pandemia Novo Coronavírus – COVID-19.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao_no_018-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao_no_018-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo_x000D_
 de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Deputado Estadual_x000D_
 Paulo Araújo,buscar entendimentos para construção de Redutor de Velocidade e Placas_x000D_
 de Sinalização na proximidade do Condomínio Canaã, localizado na Estrada Parque_x000D_
 Prof. Francisca Figueiredo Arruda Martins, Poconé/ Porto Cercado, devido o fluxo grande_x000D_
 de veículos e não há nem uma sinalização.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_no_019-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_no_019-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Marcelo_x000D_
 de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, Deputado Estadual_x000D_
 Paulo Araújo, buscar entendimentos para instalação de grandes lixeiras em pontos_x000D_
 estratégico na cidade, inclusive nos assentamentos, de forma a contribuir para que os_x000D_
 lixos não sejam jogados nas ruas e estradas.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, a Empresa Energisa, buscar_x000D_
 entendimentos, parceria para que o Poder Executivo/ENERGISA substitua lâmpadas_x000D_
 convencionais por lâmpadas de LED, nas vias públicas do Distrito de Cangas, município_x000D_
 de Poconé - MT.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_no_013-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_no_013-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos, efetuar_x000D_
 melhorias urgentes patrolamento e colocação de cascalho nas estradas que demanda as_x000D_
 comunidades rurais Varal, Passagem de Carro e Morro Cortado, município de Poconé –_x000D_
 MT.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_no_014-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_no_014-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar entendimentos para_x000D_
 estudo e possibilidade de instalar telefone, implantar internet na unidade do PSF fa_x000D_
 comunidade rural 120, município de Poconé.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_no_015-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_no_015-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Deputado Estadual, Eduardo Botelho, buscar_x000D_
 entendimentos e tomadas de providências junto ao Governo do Estado ou via emenda_x000D_
 parlamentar destinar recursos financeiros na ordem de R$ 100.000,00 destinados para_x000D_
 ações de fortalecimento da Saúde Pública – Enfrentamento da Pandemia Agente_x000D_
 Coronavírus Covid no município de Poconé.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1254/indicacao_no_016-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1254/indicacao_no_016-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Prefeito Municipal, Ataíl Marques do Amaral,_x000D_
 Secretário Municipal de Infraestrutura, Ney Rondon Marques, buscar entendimentos e_x000D_
 tomadas de providências para realizar operação tapa buracos na Rua Santa Rosa, trecho_x000D_
 a partir da Rua Bela Vista, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_no_017-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_no_017-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção_x000D_
 com serviços de patrolamento, colocação de cascalho em pontos críticos, nas estradas_x000D_
 que liga as Comunidades Rurais Laranjal, Forquilha, Campo Limpo, Aranha, Buriti a_x000D_
 sede do município.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1256/indicacao_no_018-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1256/indicacao_no_018-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Marlon_x000D_
 de Pádua, Diretor de Serviços Urbanos, no sentido de buscar entendimentos e tomadas_x000D_
 de providências, para que através do órgão competente, realize estudo de viabilidade para_x000D_
 poda ou corte de arvore na Praça da Matriz, proximidade da Escola Estadual General_x000D_
 Caetano de Albuquerque cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1257/indicacao_no_019-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1257/indicacao_no_019-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno, ouvido o_x000D_
 Plenário, INDICA aos Senhores Ataíl Marques do Amaral, Prefeito Municipal, Deputados Federais_x000D_
 Emanuel Pinheiro Neto, “Emanuelzinho” e Neri Geller, no sentido de buscar entendimentos e_x000D_
 tomadas de providencias junto ao Governo Estadual, Federal ou via emenda parlamentar_x000D_
 destinar recursos financeiros para aquisição de produtos para serviços de recapeamento e_x000D_
 operação tapa buracos em ruas e avenidas do Distrito de Cangas, município de Poconé.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1258/indicacao_no_020-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1258/indicacao_no_020-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA aos Senhores Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal Neri Geller, no sentido de buscar entendimentos e tomadas de_x000D_
 providencias junto ao Governo Estadual, Federal ou via emenda parlamentar destinar_x000D_
 recursos financeiros para construção de um barracão no Programa de Assentamento_x000D_
 Santa Filomena, município de Poconé – MT, a fim de oferecer a Associação de Pequenos_x000D_
 Produtores, espaço adequado para fabricação de rapadura.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção_x000D_
 com serviços de patrolamento, colocação de cascalho em pontos críticos, na Estrada que_x000D_
 demanda a Comunidade Morrinho, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1260/indicacao_no_022-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1260/indicacao_no_022-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providências, para que seja instalado uma caixa_x000D_
 d’água, com capacidade de 25 000 (vinte e cinco mil) litros, para atender a Comunidade_x000D_
 do 120, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao_no_020-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao_no_020-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade_x000D_
 de buscar entendimentos e tomadas de providencias para incluir funcionários do_x000D_
 Correio/Unidade de Poconé, no grupo prioritário de vacinação contra Covid-19,_x000D_
 principalmente os carteiros que estão todos os dias nas ruas, tendo contato com várias_x000D_
 pessoas nos bairros da cidade, a categoria precisa sim de mais atenção diante da_x000D_
 pandemia.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao_no_021-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao_no_021-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade_x000D_
 de imunização dos agentes de Limpeza Pública (garis), a atividade exercida por esses_x000D_
 profissionais já tem caráter essencial e contínuo, o que reforça a necessidade de inclusão_x000D_
 dessa categoria no plano de vacinação contra a Covid – 19.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao_no_022-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao_no_022-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção_x000D_
 com serviços de patrolamento, colocação de cascalho na Travessa São Francisco,_x000D_
 proximidade do Cemitério São Francisco, bem como incluir no plano de ação para_x000D_
 realizar serviços de asfalto, meio fio e sarjeta na mencionada via pública, cidade de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao_no_023-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao_no_023-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a_x000D_
 necessidade de viabilizar recuperação da Estrada Boiadeiro que liga a comunidade Capão_x000D_
 do Angico a Rodovia Transpantaneira, para atender toda comitiva, devido ser uma das_x000D_
 vias que transporta bois pantaneiros. Indica também providenciar no período da seca_x000D_
 reparos que se fazem necessários patrolamento, conserto de manilhas, colocação de_x000D_
 cascalhos nos pontos críticos de modo a oferecer a comitiva estrada adequada para o_x000D_
 transporte dos animais.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao_no_024-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, na forma_x000D_
 regimental, determinar ao setor competente notificar proprietários de Condomínios_x000D_
 Residenciais que não estão sobre o domínio do Poder Público para que viabilizem limpeza_x000D_
 capinação, reparos no sistema de iluminação pública e outras ações que se fazem_x000D_
 necessárias para manter os residenciais com bom aspecto urbanístico.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao_no_025-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Paulo Araujo, no sentido de buscar entendimentos e tomadas de_x000D_
 providências junto a Secretaria de Estado de Infraestrutura e Logística objetivando_x000D_
 efetuar limpeza que se fazem necessárias nas margens da Estrada Parque “Prof._x000D_
 Francisca Figueiredo Arruda Martins”, Poconé/Porto Cercado; da MT – 451 “Adauto_x000D_
 Leite” e da MT – “José Monteiro Figueiredo” (Poconé/Cuiabá), município de Poconé.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_no_026-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_no_026-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para agilizar a conclusão da obra UBS_x000D_
 Unidade Básica de Saúde do bairro Cruz Preta, cidade de Poconé –MT.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao_no_027-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao_no_027-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade_x000D_
 de buscar entendimentos e tomadas de providencias para incluir os Cuidadores de_x000D_
 Idosos que atuam nos domicílios da cidade de Poconé, nessa fase de vacinação, no grupo_x000D_
 prioritário contra Covid-19.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao_no_028-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e_x000D_
 tomadas de providências para efetuar serviço de limpeza no terreno ao lado do_x000D_
 Residencial Guatós, localizado no Bairro Cruz Preta, no município de Poconé - MT.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao_no_029-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Paulo Araújo, Deputado Estadual, Neri Geller,_x000D_
 Deputado Federal e Jayme Campos, Senador, no sentido de providenciar junto ao_x000D_
 Governo Estadual, Federal, a elaboração de projeto e disponibilização de recursos_x000D_
 financeiros para complementar serviços de asfalto na Estrada Parque Zélito_x000D_
 Dorileo/Transpantaneira até o km 17, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao_no_030-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao_no_030-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, para_x000D_
 autorizar ao setor competente viabilizar estudo e elaboração de projeto para reforma e_x000D_
 adequação do mini estádio Juvenal Benedito da Costa (Campo do Ensaio), localizado no_x000D_
 bairro Cruz Preta, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao_no_031-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao_no_031-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal Emanuel Pinheiro Neto “Emanuelzinho”, para que viabilize estudo na_x000D_
 celeridade da construção da cobertura da feira da agricultura familiar, (barracão), no_x000D_
 local da praça da rodoviária, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao_no_032-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao_no_032-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir do Amaral Junior,_x000D_
 Secretário Municipal de Desenvolvimento Urbano e Econômico. no sentido de buscar_x000D_
 entendimentos e tomadas de providências, para a manutenção no que diz respeito à_x000D_
 pintura dos redutores de velocidade (quebra-molas), readequação e pintura das faixas de_x000D_
 pedestres, bem como das placas de sinalização, existentes em vias públicas, ruas e_x000D_
 avenidas da cidade de Poconé.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao_no_033-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao_no_033-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICAM as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade_x000D_
 de viabilizar recuperação da ponte localizada na estrada que dá acesso a região da_x000D_
 Peraputanga, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao_no_034-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao_no_034-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA ao Senhor Marcos Vieira da Cunha, Superintendente Regional do Instituto_x000D_
 Nacional de Colonização e Reforma Agrária, INCRA, no sentido de tomar as providencias_x000D_
 necessárias, para a entrega dos títulos definitivos aos produtores da agricultura familiar,_x000D_
 que vivem em assentamentos da cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1276/indicacao_no_035-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1276/indicacao_no_035-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Deputados Federais Emanuel Pinheiro Neto,_x000D_
 “Emanuelzinho”, e Neri Geller, para que busque entendimentos e tomadas de_x000D_
 providencias necessárias para celeridade do Processo de Quitação das terras do_x000D_
 Programa de Crédito Fundiário e que ofereça condições para que os agricultores sem_x000D_
 acesso á terra ou com pouca terra possa comprar imóvel rural por meio de um_x000D_
 financiamento de credito rural.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao_no_036-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao_no_036-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido_x000D_
 de estudar a viabilidade de funcionamento da Secretaria Municipal de Agricultura e do_x000D_
 Selo de Inspeção Municipal, em salas separadas, a fim de que haja espaço adequado para_x000D_
 atendimento público e facilitar desenvolvimento das ações.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao_no_037-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao_no_037-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Marlon de Pádua, Diretor de_x000D_
 Serviços Urbanos, buscar entendimentos e tomadas de providências para efetuar serviços_x000D_
 de limpeza pública que se fazem necessários na área localizada em torno do Centro_x000D_
 Comunitário da Cohab Nova, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao_no_038-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao_no_038-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, INDICA a Sua Excelência Atail Marques do Amaral, Prefeito_x000D_
 Municipal, buscar entendimentos e tomadas de providências necessárias junto ao setor_x000D_
 competente para que seja feita manutenção ou troca no aparelho (ampliador de sinal), de_x000D_
 telefonia no Distrito de Nossa Senhora Aparecida do Chumbo e região, município de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_no_039-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_no_039-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade_x000D_
 de tomadas de providencias para que famílias residentes no Residencial Portal do_x000D_
 Pantanal, cidade de Poconé, sejam assistidas com ações desempenhadas por Agente_x000D_
 Comunitário de Saúde – ACS.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao_no_040-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao_no_040-2021.pdf</t>
   </si>
   <si>
     <t>( ) APRESENTADA (O)_x000D_
 EM,_x000D_
 ________________________x000D_
 Márcio Fernandes Nunes Pereira_x000D_
 Presidente_x000D_
  Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal Neri Geller, no sentido de buscar entendimentos e tomadas de_x000D_
 providências para assegurar recursos financeiros ou via emenda parlamentar, recursos_x000D_
 próprios destinados para a Prefeitura Municipal de Poconé, para serviço de asfalto,_x000D_
 sarjeta e meio fio nas Ruas do Distrito Nossa Senhora Aparecida do Chumbo, município_x000D_
 de Poconé - MT.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao_no_041-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao_no_041-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal Neri Geller, no sentido de buscar entendimentos e tomadas de_x000D_
 providências para assegurar recursos financeiros ou via emenda parlamentar,_x000D_
 destinados para a Prefeitura Municipal de Poconé, para complementação de 200 metros_x000D_
 de pavimentação na Rua Heraclito Paes de Arruda, com serviço de asfalto, sarjeta e meio_x000D_
 fio, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao_no_042-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao_no_042-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Paulo Araújo, Deputados Federais Emanuel Pinheiro Neto_x000D_
 “Emanuelzinho” e Neri Geller, no sentido de buscar entendimentos e tomadas de_x000D_
 providências para assegurar recursos financeiros, via Governo Estadual/Federal ou_x000D_
 emenda parlamentar, destinados para instalação de academia ao ar livre na Praça da_x000D_
 Cruz Preta, Bairro da Cruz Preta, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao_no_043-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, a necessidade_x000D_
 de tomadas de providencias para que famílias residentes no Assentamento Lambari I, II_x000D_
 e III, cidade de Poconé, sejam assistidas com ações desempenhadas por Agente_x000D_
 Comunitário de Saúde – ACS.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1285/indicacao_no_044-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1285/indicacao_no_044-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, viabilizar a construção de_x000D_
 faixa elevada de pedestres na Rua Campos Sales, Centro, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1286/indicacao_no_045-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1286/indicacao_no_045-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José_x000D_
 Joadir Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano, tomadas de_x000D_
 providencias necessárias para regularizar o sistema de denominação e numeração de_x000D_
 ruas e residências da cidade de Poconé – MT, a fim de facilitar entregas de_x000D_
 correspondências e mercadorias vez que existem inúmeras divergências na numeração e_x000D_
 denominação de vias públicas.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1287/indicacao_no_046-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1287/indicacao_no_046-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e providência_x000D_
 no sentido de implantar redutor de velocidade tipo lombada (quebra mola), na Rua Nossa_x000D_
 Senhora da Conceição esquina com a Joaquim Murtinho, Centro, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao_no_047-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao_no_047-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Marlon de Pádua, Diretor de_x000D_
 Serviços Urbanos, buscar entendimentos e tomadas de providências para efetuar serviços_x000D_
 de limpeza pública que se fazem necessários em torno do Centro Comunitário José Pinto_x000D_
 de Queiroz, localizado no Bairro Boa Nova, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao_no_048-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao_no_048-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido_x000D_
 de providenciar a destinação de uma área pública em local apropriado para_x000D_
 funcionamento de serralherias, serviços de soldas, torno, ferro velho, na cidade de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Paulo Araújo, Mauro Mendes, Governador do Estado, Alexandre_x000D_
 Bustamante dos Santos, Secretário de Estado de Segurança Pública, no sentido de_x000D_
 buscar meios para fortalecer a segurança pública no Distrito de Nossa Senhora_x000D_
 Aparecida do Chumbo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao_no_050-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao_no_050-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Paulo Araújo, Marcelo de Oliveira e Silva, Secretário de Estado de_x000D_
 Infraestrutura e Logística, Jefferson Preza Moreno, Secretário Adjunto de Turismo, no_x000D_
 sentido de buscar entendimentos e tomadas de providencias para celebrar parceria_x000D_
 Governo do Estado e Prefeitura Municipal de Poconé, para viabilizar a construção de uma_x000D_
 nova ponte sobre o córrego Piranema, estrada que demanda ao Programa de_x000D_
 Assentamento Modelo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao_no_051-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao_no_051-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica aos Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Cláudio Cleber Ottaiano, Presidente do Conselho Regional de Serviço Nacional_x000D_
 de Aprendizagem Industrial - SENAI – MT, Secretário de Estado de Educação, Alan Porto,_x000D_
 a necessidade de buscar entendimentos e tomadas de providencias junto ao SENAI - MT,_x000D_
 visando celebrar parceria para trazer cursos técnicos profissionalizantes em diversas_x000D_
 áreas para o município de Poconé, com a finalidade de atender jovens aperfeiçoando em_x000D_
 novas habilidades/aprendizados e geração de renda.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao_no_052-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao_no_052-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICA a Sua Excelência Deputada Federal Rosa Neide, Deputado Estadual Valdir_x000D_
 Barranco, no sentido de buscar entendimentos e tomadas de providências necessárias_x000D_
 junto ao Governo do Estado/Secretaria de Estado de Infraestrutura e Logística, para que_x000D_
 o município de Poconé seja contemplado com construção de uma ponte na Comunidade_x000D_
 Piraim que liga o município de Poconé a Nossa Senhora do Livramento, município de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao_no_053-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao_no_053-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no sentido_x000D_
 de providenciar uma rota destinada a trafegabilidade de carretas boiadeiras a fim de_x000D_
 evitar o transito destes veículos por vias públicas centrais da cidade, visto que as_x000D_
 carretas possuem alturas consideráveis o que acabam atingindo/arrebentando fiação_x000D_
 elétrica, telefônica, trazendo prejuízo e transtorno aos residentes.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao_no_054-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao_no_054-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, tomadas de providências necessárias para viabilizar estudo_x000D_
 visando a criação de um Centro de Tratamento para Autistas no município de Poconé,_x000D_
 com objetivo de dar assistência e promover mudanças necessárias à plena integração do_x000D_
 indivíduo na comunidade.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao_no_055-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao_no_055-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Mauro Mendes, Governador do Estado, articular junto ao_x000D_
 Governo Federal liberação de recursos através da Caixa Econômica Federal, destinados_x000D_
 para construção de casas populares, na cidade de Poconé – MT, com fins específicos_x000D_
 atender famílias de baixo poder aquisitivo.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1297/indicacao_no_056-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1297/indicacao_no_056-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Mauro Mendes, Governador do Estado, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias a fim de destinar/liberar recursos_x000D_
 financeiros para a Prefeitura Municipal reformar Currais Boiadeiros Públicos situados na_x000D_
 região pantaneira do município de Poconé, bem como para perfuração de poços_x000D_
 artesianos em pontos estratégicos para melhor atender peões, comitivas boiadeiras e_x000D_
 contribuir na prevenção de incêndios florestais.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1298/indicacao_no_057-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1298/indicacao_no_057-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Mauro Mendes, Governador do Estado, Comandante_x000D_
 Geral do Corpo de Bombeiros, Coronel BM Alessandro Borges Ferreira, no sentido de_x000D_
 buscar entendimentos e tomadas de providências, a fim de disponibilizar, mas uma_x000D_
 equipe de resgate do corpo de bombeiros, com técnicos, carro de resgate para dar suporte_x000D_
 na cidade de Poconé, tendo em vista que quando ocorre mais de um acidente o Samu sai_x000D_
 para atender a ocorrência outra fica impossibilitada de ser atendido, o que justifica a_x000D_
 instalação de outra equipe do corpo de bombeiros no município de Poconé.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1299/indicacao_no_058-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1299/indicacao_no_058-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Paulo Araújo, Deputado Estadual, Mauro Mendes,_x000D_
 Governador do Estado, no sentido de buscar entendimentos e tomadas de providências_x000D_
 para a construção de pista de ciclovia ao longo da Estrada Parque “Prof.ª Francisca_x000D_
 Figueiredo Martins” – Poconé/Porto Cercado - MT.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1300/indicacao_no_059-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1300/indicacao_no_059-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e providência_x000D_
 no sentido de implantar redutor de velocidade tipo lombada (quebra mola), na Rua_x000D_
 Antônio João, nas proximidades da Academia Moviment Box de Condicionamento Físico,_x000D_
 Centro, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1301/indicacao_no_060-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1301/indicacao_no_060-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senadores Wellington Fagundes, Jayme Campos e_x000D_
 Carlos Favaro, articular junto ao Governo Federal liberação de recursos através da Caixa_x000D_
 Econômica Federal, destinados para construção de casas populares na zona rural,_x000D_
 município de Poconé – MT, com fins específicos atender famílias de baixo poder_x000D_
 aquisitivo, através do Projeto Varredura.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1302/indicacao_no_061-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1302/indicacao_no_061-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Paulo Araújo, Deputado Estadual, Neri Geller,_x000D_
 Deputado Federal e Senador Carlos Favaro, no sentido de buscar entendimentos e_x000D_
 tomadas de providencias para inserir no Plano de Trabalho Anual – PTA, exercício de_x000D_
 2022, do Governo Estadual e Federal, recursos financeiros destinados para elaboração de_x000D_
 projeto construção de uma ciclovia e serviços de pavimentação asfaltica Estrada Parque_x000D_
 Zélito Dorileo/Transpantaneira até o Posto de Fiscalização km 17, município de Poconé –_x000D_
 MT.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1303/indicacao_no_062-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1303/indicacao_no_062-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Senador Carlos Favaro, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias junto ao Governo Federal no sentido de_x000D_
 destinar Kits de Irrigações para pequenos produtores residentes em comunidades rurais_x000D_
 e programas de assentamentos no município de Poconé, objetivando o fortalecimento de_x000D_
 agricultura familiar.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1304/indicacao_no_005-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1304/indicacao_no_005-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa, ouvido o_x000D_
 Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito Municipal, Ilma Regina Figueiredo_x000D_
 Arruda, Secretária Municipal de Saúde, buscar entendimentos e tomadas de providências necessárias_x000D_
 para realizar estudo orçamentário e financeiro, objetivando realização de Termo Aditivo Contratual no_x000D_
 contrato celebrado entre a Prefeitura Municipal e a empresa responsável pela contratação de profissionais_x000D_
 de saúde para prestar serviços na Unidade de Pronto Atendimento Médico Jaime Veríssimo de Campos_x000D_
 Junior para possibilitar pagamento da gratificação extraordinária de combate ao COVID-19, por serviços_x000D_
 essenciais prestados em exposição ao Coronavírus.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao_no_006-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao_no_006-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Deputado Estadual Carlos Avallone, no_x000D_
 sentido de buscar entendimentos e tomadas de providências junto ao Governo do_x000D_
 Estado, Secretária de Estado de Educação ou via emenda parlamentar destinar recursos_x000D_
 para a construção de quadra esportiva coberta na Escola Estadual Marechal Rondon,_x000D_
 cidade de Poconé – MT, a fim de atender a demanda escolar garantindo que as aulas de_x000D_
 educação física e outras ações escolares sejam ministradas com qualidade e também_x000D_
 para que a escola forneça uma estrutura mínima para o desenvolvimento de crianças e_x000D_
 adolescentes, é que apresentamos esta indicação, esperando contar com a acolhida do_x000D_
 nobre deputado abraçando este antigo sonho da comunidade educativa da Escola_x000D_
 Estadual Marechal Rondon, e que seja concretizado no exercício de 2021 ou no próximo_x000D_
 exercício.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao_no_007-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao_no_007-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, INDICA a Exm. Sr. Atail Marques do Amaral, Prefeito Municipal,_x000D_
 Sr. Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomem as providências_x000D_
 necessárias para efetuar patrolamento, colocação de cascalho nos pontos críticos da_x000D_
 pista de rolamento da Estrada Vicinal que demanda a região da Fazenda São Miguel e_x000D_
 Adjacências, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao_no_008-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao_no_008-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, INDICA a Exm. Sr. Atail Marques do Amaral, Prefeito Municipal,_x000D_
 Sr. Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomem as providências_x000D_
 necessárias para efetuar patrolamento, colocação de cascalho nos pontos críticos da_x000D_
 pista de rolamento das antigas estradas Boiadeiras do baixo Pantanal, reconhecidas pela_x000D_
 Lei Municipal nº 1.650/2011, copia anexa, partindo do ponto inicial Km 100, da Rodovia_x000D_
 Transpantaneira, seguindo pelas propriedades fazendas Ijui, Santa Eulália, Esperança,_x000D_
 Pedro Zecne, Aroldo Arruda, São Sebastião, Bela Vista, Cambarazinho, Tio Né, Santa_x000D_
 Maria, Santo Antônio e outras, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao_no_009-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao_no_009-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, INDICA a Exm. Sr. Atail Marques do Amaral, Prefeito Municipal,_x000D_
 Sr. Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomem as providências_x000D_
 necessárias para efetuar patrolamento, colocação de cascalho nos pontos críticos da_x000D_
 pista de rolamento da Estrada Vicinal que demanda a Boqueirão e Adjacências, depois_x000D_
 do Garimpo Santa Clara, passando pelas propriedades Saracura, Rosilho e outras_x000D_
 retornando a estrada Boqueirão, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao_no_010-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao_no_010-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de buscar entendimentos com Deputados Estaduais, Federais,_x000D_
 Senadores, para assegurar recursos financeiros destinados a serviços de recapeamento_x000D_
 ou micro revestimento asfáltico nas ruas centrais da cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao_no_011-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao_no_011-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indicam aos Senhores José Roberto Tadros, Presidente do_x000D_
 Conselho Nacional do SESC, Carlos Artexes Simões, Diretor Geral do Departamento_x000D_
 Nacional do SESC, Luiz Fernando de Moraes Barros, Diretor do Pólo Educacional SESC_x000D_
 e da Escola SESC de Ensino Médio (ESEM), Senhora Christiane Caetano, Supervisora_x000D_
 da Estância Ecológica Sesc Pantanal, Ataíl Marques do Amaral, Prefeito Municipal.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao_no_012-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao_no_012-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, Manoel_x000D_
 Salvador Pereira Leite, Secretário Municipal de Turismo, Mauren Lazzaretti, Secretária_x000D_
 de Estado de Meio Ambiente, Jefferson Preza Moreno, Secretário Adjunto de Turismo, a_x000D_
 Coordenadoria da Defesa Civil do Estado de Mato Grosso, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias para construção de poços artesianos na região_x000D_
 pantaneira, e nas comunidades rurais do município de Poconé.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao_no_013-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao_no_013-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Alberto Machado, Secretário de Estado de Cultura, Esporte e Lazer, a urgente_x000D_
 necessidade de fazerem gestão junto ao Governo Estadual, visando liberação de recursos_x000D_
 para a Prefeitura Municipal de Poconé, destinados para transformar o Campo de Futebol_x000D_
 denominado Campo Arapuca, localizado no populoso bairro João Godofredo, nesta_x000D_
 cidade de Poconé-MT, em Mini Estádio, dotados de todas as estruturas necessárias para_x000D_
 a prática de futebol e outras atividades esportivas.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao_-_no__003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao_-_no__003.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos e tomadas de providências para efetuar limpezas publicas retiradas de_x000D_
 sobras de materiais de construção, entulho de outra natureza, capinação na área que_x000D_
 compreende o Cemitério Municipal “São Francisco”, localizado na Avenida Pinheiro_x000D_
 Machado, centro, cidade de Poconé.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao_-_no__004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao_-_no__004.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Empresa Águas_x000D_
 de Poconé, buscar entendimentos e tomadas de providências para construção de Poços_x000D_
 Artesianos com ampliação de rede de distribuição de águas em pontos estratégicos dos_x000D_
 bairros São Benedito, Cruz Preta e Santa Tereza, cidade de Poconé-MT, objetivando_x000D_
 culminar com falta de água que moradores destes bairros enfrentam todos os anos no_x000D_
 período da estiagem, pelo o que esperamos contar com a colhida do Poder Executivo de_x000D_
 Empresa Águas de Poconé a esta justa reivindicação.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao_-_no__005.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao_-_no__005.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos e tomadas de providências para substituir o Portão do Cemitério_x000D_
 Municipal São Francisco, localizado na Rua São Francisco, por um maior, para facilitar_x000D_
 acesso ao cemitério e sepultamento de pessoas que possuem túmulos familiares na parte_x000D_
 central/fundo, as dificuldades enfrentadas por estas famílias para deslocar do Portão_x000D_
 Principal da Entrada são enormes tem que fazer um verdadeiro malabarismo para que_x000D_
 sepultamento ocorra.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao_-_no__006.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao_-_no__006.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de_x000D_
 buscar entendimentos e tomadas de providências para viabilizar aquisição do aparelho_x000D_
 CPAP para a Secretaria Municipal de Saúde, disponibilizar ao setor competente, devido a_x000D_
 sua importância na contribuição da pandemia Coronavírus (COVID – 19).</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao_-_no__007-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao_-_no__007-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências, Virgínia Mendes, Primeira_x000D_
 Dama do Estado, Rosamaria Carvalho, Secretária de Estado de Trabalho e Assistência_x000D_
 Social (Setas-MT) e Alberto Machado, Secretário de Estado de Cultura, Esporte e Lazer_x000D_
 (Secel-MT, para disponibilizar aos agentes culturais ligados diretamente ou indiretamente_x000D_
 à rede produtiva da música de Poconé, a quantidade de 100 cestas básicas de_x000D_
 alimentação do programa ‘Vem Ser Mais Solidário – Mato Grosso Unido contra o_x000D_
 coronavírus’.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_-_no__008-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_-_no__008-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências, Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos junto ao Governo do Estado, Deputados Estaduais,_x000D_
 Federais, Senadores para disponibilizar recursos financeiros para a Prefeitura Municipal_x000D_
 de Poconé, complementar serviços de asfalto, meio fio e sarjeta na Rua Antonio João,_x000D_
 bairro João Godofredo, cidade de Poconé.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_-_no__009-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_-_no__009-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências, Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para regularizar o sistema_x000D_
 de iluminação em toda a extensão da Rua Antonio João, trecho localizado no populoso_x000D_
 bairro João Godofredo, cidade de Poconé.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_-_no__010-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_-_no__010-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências, Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para regularizar o sistema_x000D_
 de iluminação em toda a extensão da Rua Sem Saída, localizada na proximidade da Rua_x000D_
 Santa Fé, bairro Jurumirim, cidade de Poconé.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_-_no__011-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_-_no__011-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências, Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para construir Redutor de_x000D_
 Velocidade e Faixa de Pedestre na Rua Esperidião Costa Marques, proximidades da_x000D_
 Galeria INNOVA, centro cidade de Poconé.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao_-_no__012-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao_-_no__012-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal de Poconé, Jorge Getúlio da Silva, Secretário Municipal de_x000D_
 Desenvolvimento Agropecuário Rural, Reinaldo Loffe, Presidente da Empresa Matogrossense de Pesquisa, Assistência Social e Extensão Rural – EMPAER; com cópia ao_x000D_
 Senhor José Daniel Darli, Chefe da Unidade EMPAER município de Poconé.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao_-_no__013-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao_-_no__013-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal de Poconé, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, a urgente necessidade de efetuar a reforma da ponte localizada na_x000D_
 estrada que demanda a Comunidade Rural Imbê, município de Poconé.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao_-_no__014-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao_-_no__014-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal e a Empresa Concessionária Energisa, no sentido de buscar entendimentos_x000D_
 para possibilitar o rebaixamento da instalação elétrica localizada na Avenida Generoso_x000D_
 Ponce entre a Rua Desembargador Martins e a entrada dos Residenciais Guatós I e II,_x000D_
 para fins de instalação de braços de iluminação pública, devido à alta trafegabilidade de_x000D_
 pedestres e veículos no local. Segue as coordenadas dos postes:_x000D_
 _x000D_
 _x0001_ Poste 1 – Coordenada UTM: E – 540.840,347m N8.201.509,719m._x000D_
 _x0001_ Poste 2 – Coordenada UTM: E – 541.153,272m N8.201.793,890m.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao_-_no__015-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao_-_no__015-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal e a Empresa Concessionária Energisa, no sentido de buscar entendimentos_x000D_
 para instalação de poste e iluminação pública na Rua Mariano Catarino da Costa, bairro_x000D_
 São Benedito, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao_-_no__016-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao_-_no__016-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Governador do Estado, Mauro_x000D_
 Mendes, Secretário de Estado de Infraestrutura e Logística, Marcelo de Oliveira e Silva,_x000D_
 solicitando que seja viabilizada a construção de uma Ponte, com o objetivo de interligar_x000D_
 as cidades de Poconé/MT e Corumbá/MS.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao_-_no__017-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao_-_no__017-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Eduardo Botelho, Alberto Machado, Secretário de Estado de Cultura,_x000D_
 Esporte e Lazer, a Jan Moura, Secretário Adjunto de Cultura, buscar entendimentos e_x000D_
 tomadas de providências para que seja viabilizada recursos no montante de R$_x000D_
 50.000,00 em emenda parlamentar impositiva, com intuito de atender parte da reforma_x000D_
 da Biblioteca Municipal Dom Luiz Galibert, no município de Poconé.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao_-_no__018-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao_-_no__018-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Secretário de Estado de_x000D_
 Infraestrutura e Logística, Marcelo de Oliveira e Silva, solicitando que seja viabilizada a_x000D_
 destinação de uma moto niveladora para o município de Poconé.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM a Sua Excelência, Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Senhora Patrícia de Arruda Bastos, Gerente da Empresa Águas de Poconé, no_x000D_
 sentido de buscar entendimentos e tomadas de providencias para construção de um poço_x000D_
 artesiano, no estádio municipal Neco Falcão, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao_-_no__020-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao_-_no__020-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA ao Senhor Bruno Nascimento, Superintendente de_x000D_
 Fiscalização da SEMA, solicitando que seja viabilizada a destinação de equipamentos_x000D_
 apreendidas em operações da Secretaria de Estado de Meio Ambiente – SEMA, para o_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_-_no__021-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_-_no__021-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para implantar sistema de iluminação_x000D_
 pública nos cemitérios municipais “São Francisco” e “Nossa Senhora do Rosário” cidade_x000D_
 de Poconé-MT.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_no_011-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_no_011-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Infraestrutura, no sentido de formalizar_x000D_
 entendimentos para efetuar serviços de patrolamento, colocação de cascalhos e reparos_x000D_
 de pontes/aterros nas estradas internas “Linhões”, localizadas no Programa de_x000D_
 Assentamentos Carrijo, município de Poconé.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_no_012-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_no_012-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Infraestrutura, no sentido de formalizar_x000D_
 entendimentos para efetuar serviços de patrolamento, colocação de cascalhos e reparos_x000D_
 de pontes/aterros na Estrada Serra que faz a ligação do PA. Carrijo a BR_x000D_
 070/Cuiabá/Cáceres, município de Poconé.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao_no_013-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao_no_013-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Infraestrutura, no sentido de formalizar_x000D_
 entendimentos e tomadas de providências para regularizar o sistema de iluminação_x000D_
 pública da Via Pública que nasce na MT Zelito Dorileo/Transpantaneira, com colocação_x000D_
 de braço com luminária em frente ao estabelecimento artesanal “Kalu do Pantanal”,_x000D_
 cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1335/indicacao_no_014-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1335/indicacao_no_014-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Infraestrutura, no sentido de formalizar_x000D_
 entendimentos e tomadas de providências para realizar serviços necessários para facilitar_x000D_
 acesso de veículos a Estrada Parque “Prof. Francisca Figueiredo Arruda Martins”_x000D_
 Poconé/Porto Cercado, na proximidade da Comunidade Rural Bittencourt, município de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_no_015-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_no_015-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e_x000D_
 tomadas de providências para assegurar recursos financeiros junto ao Governo do_x000D_
 Estado, via emenda parlamentar ou recursos próprios destinados para a Prefeitura_x000D_
 Municipal de Poconé viabilizar perfuração de Poço Artesiano, instalação de Bomba e_x000D_
 Caixa d’água na Comunidade Rural Vila Nova, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1337/indicacao_no_016-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1337/indicacao_no_016-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no_x000D_
 sentido de buscar entendimentos e tomadas de providências para realizar operação tapaburacos na Travessa João Paulo, localizada entre a Avenida Pinheiro Machado e a Rua_x000D_
 Niterói ao lado da Escola Estadual Frei Carlos Valet, bairro Bom Pastor cidade de_x000D_
 Poconé-MT.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1338/indicacao_no_017-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1338/indicacao_no_017-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, Deputado Estadual Max Russi, Deputado Federal Neri Geller, buscar_x000D_
 entendimentos para assegurar recursos financeiros junto ao Governo Estadual/Federal,_x000D_
 ou via emenda parlamentar, para complementação de serviços de asfalto, meio fio e_x000D_
 sarjeta na Avenida Dom Aquino, a partir do Posto Rondônia, bairro Boa Nova, cidade de_x000D_
 Poconé-MT.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_no_018-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_no_018-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade_x000D_
 de tapar o buraco de grande proporção localizada no encontro das vias públicas Rua Beri_x000D_
 Poconé/Avenida Chico Gil, bairro São Benedito, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_no_019-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_no_019-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura tomem as_x000D_
 providências necessárias para regularizar sistema de iluminação pública na rua Beri_x000D_
 Poconé, com instalação de um braço de luminária em frente o Lava Jato Mangueira, e_x000D_
 troca de lâmpada em frente o Mercado São Benedito, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_no_020-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_no_020-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Deputado Estadual Max Russi, Deputado Federal Neri Geller, no sentido de_x000D_
 viabilizar recursos financeiros junto ao Governo Estadual/Federal, ou via emenda_x000D_
 parlamentar, para serviço de micro revestimento asfáltico para rejuvenescimento e_x000D_
 impermeabilização de superfícies asfálticas desgastadas das ruas Santa Rosa, Antônio_x000D_
 João, Avenida Pinheiro Machado, João Paulo, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_no_021-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_no_021-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Deputado Estadual Max Russi, Deputado Federal Neri_x000D_
 Geller, no sentido de viabilizar recursos financeiros junto ao Governo Estadual/Federal,_x000D_
 ou via emenda parlamentar, para serviço de micro revestimento asfáltico para_x000D_
 rejuvenescimento e impermeabilização de superfícies asfálticas desgastadas das ruas_x000D_
 localizada no Residencial Portal do Pantanal, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_no_022-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_no_022-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Max Russi, Alberto Machado, Secretário de Estado de Cultura,_x000D_
 Esporte e Lazer, a Jan Moura, Secretário Adjunto de Cultura, buscar entendimentos e_x000D_
 tomadas de providências para que seja viabilizada recursos no montante de R$_x000D_
 100.000,00 em emenda parlamentar impositiva, com intuito de atender parte da reforma_x000D_
 da Biblioteca Municipal Dom Luiz Galibert, no município de Poconé.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_no_023-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_no_023-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, José_x000D_
 Joadir Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano, tomadas de_x000D_
 providencias para efetuar a pintura de todos os quebra molas, faixas elevadas de_x000D_
 pedestres existentes na cidade de Poconé.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_no_024-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_no_024-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e_x000D_
 tomadas de providências para assegurar recursos financeiros junto ao Governo do_x000D_
 Estado, via emenda parlamentar destinados para a Prefeitura Municipal de Poconé_x000D_
 viabilizar perfuração de Poço Artesiano, instalação de Bomba e Caixa d’água no Programa_x000D_
 de Assentamento Modelo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_no_025-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_no_025-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Joelma Gomes_x000D_
 da Silva, Secretária Municipal de Ação Social, Emprego e Renda, Deputado Estadual Max_x000D_
 Russi, buscar entendimentos e tomadas de providências para angariar recursos_x000D_
 financeiros para construção de uma Academia ao ar livre na praça pública Professora_x000D_
 Eucáris Bernadete Maciel, localizada no Núcleo Habitacional Cidade Pantaneira, Cohab_x000D_
 Velha, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_no_026-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_no_026-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Joelma Gomes_x000D_
 da Silva, Secretária Municipal de Ação Social, Emprego e Renda, Deputado Estadual Max_x000D_
 Russi, buscar entendimentos e tomadas de providências para angariar recursos_x000D_
 financeiros para construção de uma Academia ao ar livre no espaço público existente em_x000D_
 frente o imóvel que abriga a Unidade do Corpo de Bombeiro Militar, na Avenida Generoso_x000D_
 Ponce por se tratar de um local de grande extensão, os munícipes sugerem a construção_x000D_
 de uma academia, para atender pessoas que praticam caminhadas as margens da_x000D_
 Estrada Parque “Zélito Dorileo Transpantaneira”, o que melhoraria em muito para a_x000D_
 pratica de exercícios físicos, contribuindo com a saúde das pessoas.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_no_027-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_no_027-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos e tomadas de providências junto a ADEPAN, para efetuar limpezas_x000D_
 necessárias as margens da Estrada “Zélito Dorileo Transpantaneira”, até a Sede do_x000D_
 Colégio Nazaré/Fazenda da Esperança, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_no_028-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_no_028-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir_x000D_
 Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano, buscar entendimentos_x000D_
 e tomadas de providências para melhorar a sinalização de transito na rotatória localizada_x000D_
 entre a Avenida Generoso Ponce e o inicio da Estrada Parque “Zélito Dorileo_x000D_
 Transpantaneira”, cidade Poconé – MT.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_no_029-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_no_029-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e_x000D_
 tomadas de providências para assegurar recursos financeiros junto ao Governo do_x000D_
 Estado, via emenda parlamentar destinados para a Prefeitura Municipal de Poconé_x000D_
 viabilizar perfuração de Poço Artesiano, instalação de Bomba e Caixa d’água na sede do_x000D_
 Programa de Assentamento Campo Limpo I município de Poconé – MT.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Itamar Lourenço</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_no_001-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_no_001-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Reitera as Suas Excelências Senhor Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de_x000D_
 Saúde, proposição já apresentada e aprovada nesta Casa Legislativa, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para atender com vacinação da_x000D_
 pandemia do Novo Coronavírus – COVID 19, aos profissionais da Assistência Social.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_no_002-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_no_002-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Mauro Mendes, Governador do Estado_x000D_
 de Mato Grosso, a viabilidade de rever a decisão do Governo do Estado em demitir 61_x000D_
 servidores da Empresa Mato-Grossense de Pesquisa, Assistência e Extensão Rural_x000D_
 (Empaer) que ingressaram por processo seletivo externo por prazo indeterminado, similar_x000D_
 a concurso público, após a Constituição de 1988.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_no_06-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_no_06-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e_x000D_
 providência no sentido de implantar redutor de velocidade, tipo lombada (quebra mola),_x000D_
 na Avenida Pinheiro Machado, em frente ao Mercado Júnior, da Igreja São Judas Tadeu,_x000D_
 bairro São Judas Tadeu, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1354/indicacao_no_07-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1354/indicacao_no_07-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e_x000D_
 providência no sentido de implantar redutor de velocidade, tipo lombada (quebra mola),_x000D_
 na Rua José Martins, Bairro São Judas Tadeu, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1355/indicacao_no_08-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1355/indicacao_no_08-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e_x000D_
 providência no sentido de implantar redutor de velocidade, tipo lombada (quebra mola),_x000D_
 na Rua Pinheiro Machado, próximo ao Residencial Garcia, com o campo de futebol,_x000D_
 Bairro São Judas Tadeu, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_no_09-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_no_09-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indicam as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido_x000D_
 de buscar entendimentos e tomadas de providências junto a Empresa contrata pelo_x000D_
 Governo do Estado para execução dos serviços de Conservação Corretiva e Preventiva na_x000D_
 Malha Rodoviária Estadual, para que sejam realizadas recuperações necessárias de_x000D_
 defeitos e outras correções na pista de rolamento da Estrada Parque Profª Francisca_x000D_
 Figueiredo Martins, trecho: Poconé – Porto Cercado.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_no_010-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_no_010-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário de Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para realizar serviços de patrolamento,_x000D_
 colocação de cascalhos nos pontos críticos das estradas que demandam as localidades_x000D_
 Ouro Fino, Pantanalzinho, Espinhal e Pirizal, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_no_011-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_no_011-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário de Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para inserir duplicação de toda a extensão,_x000D_
 canteiro central, arborização, iluminação pública, calçada para pedestres e ciclovia no_x000D_
 projeto da obra de pavimentação, meio fio e sarjeta que será realizada na Rua Justino_x000D_
 Gonçalves da Guia, cidade de Poconé.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Joelma Gomes da Silva, Secretária Municipal de Ação Social, Emprego e Renda, Mariana_x000D_
 Petronilia de Arruda Pereira, Secretária Municipal de Cultura, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para disponibilizar profissional/professor e_x000D_
 espaço no populoso bairro João Godofredo, para atender pessoas interessadas a praticar_x000D_
 aula de Zumba.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_no_013-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_no_013-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para viabilizar a construção de um poço_x000D_
 artesiano dotado de caixa de água, rede de distribuição de água, no Assentamento_x000D_
 Cumbaru, município de Poconé, para atender a necessidade das famílias que todo ano_x000D_
 no período da estiagem sofrem com a falta de água.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_no_014-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_no_014-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar_x000D_
 entendimentos e tomadas de providências para a inclusão dos Conselheiros Tutelares_x000D_
 nos grupos de prioridade para a vacinação contra a Pandemia Novo Coronavírus – Covid_x000D_
 19.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_no_015-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_no_015-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, no sentido_x000D_
 de buscar entendimentos e tomadas de providências junto ao Governo do_x000D_
 Estado/Secretaria de Educação, Deputados Estaduais/Federais, Senadores, para_x000D_
 viabilizar recursos financeiros destinados a aquisição de computadores portáteis para os_x000D_
 professores da rede municipal de ensino, município de Poconé.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_no_016-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_no_016-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomadas de providências_x000D_
 para tapar o buraco existente no cruzamento da Rua São Benedito com a Rua Tenente_x000D_
 Silvio Martins, Centro, cidade de Poconé.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao_no_017-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao_no_017-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, tomadas de providências_x000D_
 para efetuar manutenção ou troca dos aparelhos de ar condicionados da unidade de_x000D_
 saúde do Bairro São Benedito, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_no_018-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_no_018-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indicam as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos junto a Deputados Estaduais e Federais ou através de recursos próprios_x000D_
 realizarem serviços de pavimentação meio fio e sarjeta na Travessa onde se encontra_x000D_
 situada a nova sede da Instituição Lar dos Idosos, localizada no Bairro Cruz Preta, no_x000D_
 município de Poconé - MT.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao_no_019-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao_no_019-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar_x000D_
 entendimentos junto a Deputados Estaduais e Federais ou através de recursos próprios_x000D_
 realizarem serviços de pavimentação, meio fio e sarjeta na Rua José Pedroso de Barros,_x000D_
 residencial Vila Beri, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_no_020-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_no_020-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e_x000D_
 tomadas de providências para efetuar limpezas que se fazem necessárias, retirada de_x000D_
 entulhos e outras ações no Residencial Recanto dos Pássaros, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_no_021-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_no_021-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICAM a Sua Excelência Dilmar Dal Bosco, Deputado Estadual, buscar entendimentos e_x000D_
 tomadas de providências no sentido de assegurar recursos financeiros na ordem de R$_x000D_
 400.000,00, (quatrocentos mil reais) junto ao Governo do Estado/Secretaria de Estado de Saúde,_x000D_
 e/ou via emenda parlamentar destinados ao fortalecimento de ações desenvolvidas pela_x000D_
 Secretaria Municipal de Saúde na Unidade de Pronto Atendimento Médico Jaime Veríssimo de_x000D_
 Campos Junior, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_no_022-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_no_022-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICAM a Sua Excelência Dilmar Dal Bosco, Deputado Estadual, buscar entendimentos e_x000D_
 tomadas de providências no sentido de assegurar recursos financeiros na ordem de R$_x000D_
 500.000,00, (quinhentos mil reais) junto ao Governo do Estado/Secretaria de Estado de_x000D_
 Infraestrutura, e/ou via emenda parlamentar, destinados para serviços de asfalto, sarjeta e_x000D_
 meio fio para a cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_no_023-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_no_023-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé - MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, Reitera as Suas Excelências Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, a necessidade de buscar entendimentos e tomadas de providências junto_x000D_
 ao Governo do Estado, Secretaria de Estado de Infraestrutura, Deputados Estaduais,_x000D_
 Federais, Senadores no sentido de viabilizar recursos orçamentários do Estado, União,_x000D_
 via emendas parlamentares para que a Prefeitura Municipal priorize as obras de_x000D_
 complementação asfalto, meio fio e sarjeta nas Ruas Das Dálias, Hortênsia, localizadas_x000D_
 do populoso bairro João Godofredo, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_no_024-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_no_024-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, Reitera as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal_x000D_
 de Educação, no sentido de viabilizar estudo, projeto para buscar recursos junto aos_x000D_
 Governos Estadual, Federal e Municipal para aquisição de uma área para construção de_x000D_
 creche proinfância no populoso bairro João Godofredo, nesta cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_no_025-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_no_025-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, Deputado_x000D_
 Estadual Nininho, buscar entendimentos e tomadas de providências junto ao Governo do_x000D_
 Estado, no sentido de inserir no plano anual de trabalho – PTA exercício 2022, recursos_x000D_
 financeiros para ampliação, modernização e obras de infraestrutura pavimentação_x000D_
 asfaltica, sinalização, construção de alambrados e outras adequações necessárias no_x000D_
 Aeroporto Municipal “Inácio Tolentino de Barros”, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_no_002-21.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_no_002-21.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Os Vereadores que a este subscreve, nos termos do Regimento Interno_x000D_
 desta Casa, ouvindo o Plenário, INDICAM as Suas Excelências Prefeito Municipal de_x000D_
 Poconé, Ataíl Marques do Amaral, com cópia a Secretaria Municipal de Infraestrutura,_x000D_
 Senhor Ney Rondon Marques, tomem as providências necessárias para regularizar_x000D_
 sistema de iluminação pública das vias públicas localizadas no Distrito de Cangas,_x000D_
 Município de Poconé – MT.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_no_003-21.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_no_003-21.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Prefeito Municipal de Poconé, Ataíl Marques do_x000D_
 Amaral, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, no sentido de_x000D_
 buscar entendimentos em favor dos funcionários efetivos (professores) em relação às aulas_x000D_
 adicionais (15 horas), visto que as aulas se iniciaram no dia 08 de fevereiro, havendo necessidade_x000D_
 em contratar professores para suprir algumas vagas livres.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_no_004-21.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_no_004-21.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências Prefeito Municipal de Poconé, Ataíl Marques do_x000D_
 Amaral, Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, no sentido de buscar_x000D_
 entendimentos junto ao Governo do Estado/Secretaria de Estado de Meio Ambiente visando_x000D_
 parceria para reestruturação e retorno das ações de conscientização de Educação Ambiental no_x000D_
 KM 16 da Estrada Parque Zelito Dorileo/Transpantaneira município de Poconé-MT.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1376/indicacao_no_005-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1376/indicacao_no_005-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a este subscrevem, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir do Amaral_x000D_
 Júnior, Secretário Municipal de Desenvolvimento Urbano e Econômico, buscar entendimentos e_x000D_
 tomadas de providencias, para a construção de uma pista de ciclismo, caminhada, em uma das_x000D_
 margens da Rua Joaquim Murtinho, trecho APAE a Cohab Nova, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_no_006-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_no_006-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, Indica a Sua Excelência Deputado Federal Emanuel Pinheiro Neto_x000D_
 “Emanuelzinho”, viabilizar destinação de recursos a saúde pública de Poconé, junto ao_x000D_
 Governo Federal ou via emenda parlamentar destinada a Poconé, passando pela_x000D_
 Prefeitura Municipal, pela pasta da saúde, com especificidades ao Hospital Geral de_x000D_
 Poconé Dr. Nicolau Fontanilas Frageli (Sociedade Beneficência poconeana), sob o CNPJ_x000D_
 03073889/0001-25; CNES (Cadastro Nacional de Estabelecimentos de Saúde) 2391449,_x000D_
 na ordem de R$ 100.000,00 (Cem Mil Reais).</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_no_007-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_no_007-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Senhora Patrícia Arruda Bastos, Gerente da Empresa Águas de Poconé, no_x000D_
 sentido de buscar entendimentos e tomadas de providencias para efetuar a extensão de_x000D_
 rede de abastecimento de água da Avenida Pinheiro Machado, bairro Bom Pastor, ligando_x000D_
 o final da rede água bairro São Judas Tadeu, até o Assentamento Matadouro/Nossa_x000D_
 Terra Nossa Gente, contemplando a Escola Municipal Eloisa Elena e diversos moradores.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_no_008-21.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_no_008-21.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 realizar estudo e providência no sentido de instalar bebedouro de água gelada no Ponto de Táxi,_x000D_
 Central, cidade de Poconé – MT, para atender taxistas e munícipes.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_no_009-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_no_009-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, Indicam as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir do_x000D_
 Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, buscar_x000D_
 entendimentos e tomadas de providências para instalação de redutores de velocidades,_x000D_
 (quebra mola) em ponto estratégico próximo a curva existente entre o encontro das_x000D_
 avenidas Aníbal de Toledo com a Avenida Generoso Ponce, bairro Cruz Preta, cidade de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_-_no_027-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_-_no_027-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA Exmº. Ataíl Marques do Amaral, Prefeito Municipal, com cópia ao_x000D_
 Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, a necessidade de_x000D_
 viabilizar recuperação da estrada que demanda a Comunidade Capão de Angico, com_x000D_
 colocação de manilhas em pontos estratégicos, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_-_no_028-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_-_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências o Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Senhora Ornella Rosário Proença Moraes Falcão, Secretária Municipal de_x000D_
 Educação, a necessidade de viabilizar reforma da Escola Rural da Comunidade São_x000D_
 Benedito, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_-_no_029-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_-_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência o Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, a necessidade de viabilizar reforma, e aquisições de equipamentos para_x000D_
 melhorar a produção de farinha da Farinheira da Comunidade Rural São Benedito,_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_-_no_030-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_-_no_030-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Juliano Jorge Boraczynski, Presidente da Companhia Mato-grossense de_x000D_
 Mineração, “METAMAT”, no sentido de viabilizar meios para que as comunidades_x000D_
 rurais Bittencourt, Capão do Angico, Espinhal, Carandazinho 2, Nova Esperança,_x000D_
 município de Poconé, sejam atendidas com a perfuração de poços artesianos e rede_x000D_
 de distribuição de água.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao_-_no_031-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao_-_no_031-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICAM as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Juliano Jorge Boraczynski, Presidente da Companhia Mato-grossense de_x000D_
 Mineração, “METAMAT”, no sentido de buscar entendimentos junto ao Governo do_x000D_
 Estado, FUNASA para viabilizar meios para que os Distritos de Nossa Senhora_x000D_
 Aparecida do Chumbo e Cangas, município de Poconé, sejam atendidas com_x000D_
 construção de poços artesianos e rede de distribuição de água.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_-_no_032-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_-_no_032-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICAM a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, buscar_x000D_
 entendimentos e tomadas de providências para que seja efetuada a recuperação das câmeras_x000D_
 de vídeo monitoramento, existentes na cidade assim como os computadores que fica na_x000D_
 Central da 6ª Companhia Independente da Polícia Militar, via parcerias Governo do Estado,_x000D_
 Prefeitura, Comercio Local e CooperPoconé.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_-_no_033-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_-_no_033-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, buscar_x000D_
 entendimentos a tomadas de providências para aquisição de área para ampliar a_x000D_
 estrutura do Cemitério Nossa Senhora do Rosário, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_-_no_034-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_-_no_034-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma Regina_x000D_
 Figueiredo Arruda, Secretária Municipal de Saúde, Gilberto Figueiredo, Secretário de Estado_x000D_
 de Saúde, Deputado Estadual Max Russi, Presidente da Assembléia Legislativa, Deputado_x000D_
 Eduardo Botelho, 1º Secretário, no sentido de buscar entendimentos e tomadas de_x000D_
 providências objetivando implantar 04 (quatro) leitos de UTI, (terceirizado/alugado) na_x000D_
 Sociedade Beneficência Poconeana – Hospital Geral de Poconé – MT.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_-_no_036-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_-_no_036-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, Empresa Águas de Poconé a necessidade de buscar entendimentos e_x000D_
 tomadas de providencias para inserir no Plano de Trabalho Anual/PTA, exercício de_x000D_
 2021, construção de Poços Artesianos com extensão de rede de distribuição de águas,_x000D_
 nos bairros: Cidade Rosa/COHAB NOVA, Jardim das Palmeiras, Jurumirim, cidade_x000D_
 de Poconé – MT.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_-_no_037-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_-_no_037-2021.pdf</t>
   </si>
   <si>
     <t>a_x000D_
 ( ) APRESENTADA (O)_x000D_
 EM,_x000D_
 _____________________________x000D_
 Márcio Fernandes Nunes Pereira_x000D_
 Presidente_x000D_
  Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária_x000D_
 Municipal de Saúde a necessidade de buscar entendimentos e tomadas de_x000D_
 providencias para priorizar os Profissionais da Educação Básica da Rede Municipal de_x000D_
 Ensino; da Rede Estadual e Privada que desempenham atividades no município de_x000D_
 Poconé, na vacinação da pandemia Novo Coronavírus – COVID 19, resguardando_x000D_
 percentual das doses recebidas para a vacinação dos profissionais: educadores_x000D_
 efetivos, interino/contratado, técnicos, agentes de apoio e outros.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_-_no_038-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_-_no_038-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária_x000D_
 Municipal de Saúde a necessidade de buscar entendimentos e tomadas de_x000D_
 providencias para priorizar os profissionais Taxistas que desempenham atividades no_x000D_
 município de Poconé, na vacinação da pandemia Novo Coronavírus – COVID 19,_x000D_
 resguardando percentual das doses recebidas para a vacinação dos profissionais.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_-_no_039-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_-_no_039-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura a necessidade de buscar entendimentos, parcerias com o SESC_x000D_
 Pantanal, COOPERPOCONÉ, CDL, Câmara Municipal, secretaria municipal de_x000D_
 Turismo, secretaria municipal Meio Ambiente, Trailer Turístico para que juntos_x000D_
 efetuem mutirão de limpezas em 03 (três) etapas nas margens da Estrada Parque_x000D_
 “Prof. Francisca Figueiredo Arruda Martins” – MT 370 Poconé/Porto Cercado,_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_-_no_040-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_-_no_040-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura a necessidade de buscar entendimentos e tomadas de providencias_x000D_
 para regularizar o sistema de iluminação pública das vias públicas localizada no_x000D_
 bairro Boa Esperança, Residencial Santa Clara, Francisco de Assis, cidade de Poconé.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_-_no_041-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_-_no_041-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura a necessidade de buscar entendimentos e tomadas de providencias_x000D_
 para efetuar serviços de limpezas públicas: podas de árvores, cortes de gramas,_x000D_
 retiradas de entulhos e outras ações na Rua Joaquim Murtinho, trecho entre a Rua_x000D_
 Hugo Nunes Rondon (Mercado Doce Lar) até a Rua Justino Gonçalves da Guia, bem_x000D_
 como incluir nessa programação de limpezas a área da Praça Pública São Francisco_x000D_
 de Assis, da Igreja Católica São Francisco, do PSF, do Centro Comunitário e vias_x000D_
 públicas do bairro Cidade Rosa/COHAB Nova.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_-_no_042-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_-_no_042-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhor Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura a necessidade de buscar entendimentos e tomadas de providencias_x000D_
 para realizar serviço de “Tapa Buracos”, em toda extensão da Rua Madre Luiza_x000D_
 Bertrand, bairro Boa Nova, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1396/indicacao_-_no_043-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1396/indicacao_-_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 buscar entendimentos, parcerias com Governo Estadual, Federal, Deputados_x000D_
 Estaduais, Federais, no sentido de viabilizar recursos orçamentários do Estado ou da_x000D_
 União para serviços de drenagem, asfalto, sarjeta, meio fio em toda extensão das vias_x000D_
 públicas: Rua Tereza Botas, Rua Primavera e outras localizadas no Bairro Cruz Preta,_x000D_
 cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_no_005-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_no_005-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal e Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de buscar entendimentos e tomadas de providencias para_x000D_
 implantação de sinalização de solo “faixa elevada”, para passagem de pedestres na_x000D_
 Avenida Aníbal de Toledo, na altura do Supermercado R e L, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_no_006-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_no_006-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereadores que a esta subscreve, nos termos do Regimento Interno desta_x000D_
 Casa, ouvido o Plenário, INDICAM as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Marlon de Pádua, Diretor de Serviços Urbanos, a necessidade_x000D_
 de efetuar serviços de limpezas públicas em toda extensão do Residencial Portal do_x000D_
 Pantanal, bem como na Pracinha, entre a Rua Arara Azul e a Rua Tucano, manutenção_x000D_
 nas ruas para resolver os problemas dos buracos, visando melhorar o aspecto_x000D_
 urbanístico do Residencial e atender a solicitação dos moradores.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA a Sua Excelência o Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, a necessidade de determinar ao setor competente proceder estudo visando a_x000D_
 revitalização do Canteiro existente na Rua 13 de Junho, centro, cidade de Poconé – MT, para_x000D_
 criar estacionamento para veículos de pequeno porte, moto e acessibilidade para idosos e para_x000D_
 pessoa que se movimenta utilizando cadeira de roda (cadeirantes).</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_no_008-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_no_008-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano e_x000D_
 Econômico, buscar entendimentos para realizar estudo visando correção, implantação de novas_x000D_
 placas de sinalizações, redutores de velocidades na extensão da Rua Campos Sales, centro,_x000D_
 cidade de Poconé.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_no_009-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_no_009-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, buscar_x000D_
 entendimentos e tomadas de providências para corrigir defeitos apresentados na pavimentação_x000D_
 asfáltica da MT Estrada Parque “Profª. Francisca Figueiredo Martins”, Poconé/Porto Cercado,_x000D_
 proximidade da Comunidade Rural Bittencourt, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_no_010-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_no_010-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Municipal, buscar entendimentos e tomadas de_x000D_
 providências para efetuar serviços de patrolamento e colocação de cascalho em toda extensão da_x000D_
 Rua Kalú do Pantanal, localizada a margem esquerda da Estrada Parque Zelito_x000D_
 Dorileo/Transpantaneira, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_no_011-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_no_011-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  Vereador que a esta subscreve, nos termos do Regimento Interno desta Casa,_x000D_
 ouvido o Plenário, INDICA as Suas Excelências os Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário de Municipal, buscar entendimentos e tomadas de_x000D_
 providências para viabilizar locação de Bota Fora para serem instalados em pontos estratégicos_x000D_
 da cidade de Poconé.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_no_012-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_no_012-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura,_x000D_
 Deputado Estadual Max Russi buscar entendimentos para assegurar recursos_x000D_
 financeiros via emenda parlamentar destinados para complementação dos serviços_x000D_
 asfalto, meio fio e sarjeta na Rua Presidente Marques até a Avenida Pinheiro Machado,_x000D_
 aproximadamente 500 metros, bairro São Judas na cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_no_013-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_no_013-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde_x000D_
 buscar entendimentos e tomadas de providencias para atender com vacinação da_x000D_
 pandemia do Novo Coronavírus – COVID 19, aos profissionais da Assistência Social.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_no_014-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_no_014-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Marcelo de Oliveira e Silva,_x000D_
 Secretário de Estado de Infraestrutura e Logística, Deputado Estadual Max Russi, buscar_x000D_
 entendimentos e tomadas de providencias para efetuar limpeza das margens da MT 451_x000D_
 Adauto Leite/Coege, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_no_015-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_no_015-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal de Poconé, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos e tomadas de providencias para disponibilizar um caminhão pipa para_x000D_
 molhar a Avenida Chico Gil, antiga Avenida Porto Alegre, bairro São Benedito, cidade de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_no_016-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_no_016-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de viabilizar serviços de recapeamento ou micro revestimento_x000D_
 asfáltico nas ruas São Pedro, Zé Paizinho e nas do Residencial Pantanal, no Bairro São_x000D_
 Benedito, cidade de Pocone – MT.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_no_017-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_no_017-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, no sentido de viabilizar serviços de recapeamento ou micro revestimento_x000D_
 asfáltico nas ruas Antonio João, Centro, Beri Poconé e ruas do Residencial Miranda,_x000D_
 localizadas no Bairro Cidade Rosa/Cohab Nova, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_no_018-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_no_018-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Deputado Estadual Max Russi, no_x000D_
 sentido de buscar entendimentos e tomadas de providências junto ao Governo do_x000D_
 Estado/Secretaria de Estado de Educação, ou através de emenda parlamentar destinar_x000D_
 recursos financeiros destinados para construção de uma quadra esportiva coberta na_x000D_
 Escola Estadual Antonio João Ribeiro, CNPJ: 01.552.922/0001-74, localizada na Rua_x000D_
 Coronel Teófilo, Centro, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_no_019-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_no_019-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, tomadas de providencias para inserir as estradas do Programa de_x000D_
 Assentamento Fedegoso, no plano de trabalho da SINFRA, visando suas manutenções_x000D_
 com serviços de patrolamento e colocação de cascalhos nos pontos críticos, a fim de_x000D_
 oferecer as famílias residentes estradas em perfeito estado de trafegabilidade.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_no_020-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_no_020-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos com Dep. Estadual Max Russi, para assegurar recursos financeiros via_x000D_
 emenda parlamentar ou através de recursos próprios, para serviços de asfalto, meio fio e_x000D_
 sarjeta nas vias públicas Ruas Peraputanga, Joaquim Murtinho e suas travessas Rua_x000D_
 Nossa Senhora Aparecida, localizadas nas regiões Aeroporto e Jardim das Palmeiras,_x000D_
 cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_no_021-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_no_021-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do Amaral,_x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar_x000D_
 entendimentos com Dep. Estadual Max Russi, para assegurar recursos financeiros via_x000D_
 emenda parlamentar ou através de recursos próprios, para serviços de asfalto, meio fio e_x000D_
 sarjeta em toda extensão da Rua Jurumirim, bairro Jurumirim, cidade de Poconé-MT,_x000D_
 aproximadamente 100 metros até encontrar a represa municipal Jurumirim.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_no_022-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_no_022-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, ouvido_x000D_
 o Plenário, Indica a Sua Excelência o Senhor Ataíl Marques do Amaral, Prefeito Municipal, buscar_x000D_
 entendimentos e tomadas de providencias junto a Empresa Energisa/Rede Cemat, a fim de_x000D_
 regularizar a rede de distribuição de energia elétrica (complementação, colocação de_x000D_
 poste/sistema de iluminação pública), na Rua São Pedro, localizada no bairro São Benedito,_x000D_
 trecho entre a Rua Leonideo de Paula Correa e a Rua Senador Azeredo, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Serjão Advogado</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_no_001-_-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_no_001-_-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Marlon de Pádua, Diretor de_x000D_
 Serviços Urbanos, buscar entendimentos e tomadas de providências para efetuar serviços_x000D_
 de limpeza que se fazem necessárias em torno do campo de futebol, localizado entre os_x000D_
 Bairros Boa Esperança e Vila Toledo, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_no_002-_-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_no_002-_-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências os Senhores Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de_x000D_
 Infraestrutura, buscar entendimentos com Deputados Estaduais, Federais e Senadores,_x000D_
 para assegurar recursos financeiros via emenda parlamentar ou/a Prefeitura Municipal_x000D_
 através de recursos próprios, efetua a complementação de serviços de asfalto, meio fio e_x000D_
 sarjeta na Rua Presidente Marques até encontrar a Avenida Pinheiro Machado no Bairro_x000D_
 São Judas Tadeu, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_no_003-_-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_no_003-_-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir_x000D_
 Amaral Júnior, Secretário Municipal de Desenvolvimento Urbano, buscar entendimentos_x000D_
 e tomadas de providências para vistoriar se Cones instalados em vias públicas foram_x000D_
 feitas com a devida autorização do setor competente e se não há cones instalados em_x000D_
 locais não apropriados.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_-_no_044-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_-_no_044-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Mauro_x000D_
 Mendes, Governador do Estado, Senadores Wellington Fagundes, Jayme Campos, Carlos_x000D_
 Favaro, Deputados Federais José Medeiros, Neri Geller, Emanuel Pinheiro “Emanuelzinho”,_x000D_
 Rosa Neide, no sentido de buscar entendimentos e tomadas de providências necessárias junto_x000D_
 ao Governo do Estado, Senadores, Deputados Federais do Estado de Mato Grosso do Sul,_x000D_
 para interceder junto ao Governo Federal visando à continuidade da construção da MT – 060_x000D_
 Rodovia “Zelito Dorileo/ Transpantaneira”, até a cidade de Corumbá–MS, bem como a_x000D_
 possibilidade da sua federalização.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1419/indicacao_-_no_045-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1419/indicacao_-_no_045-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária_x000D_
 Municipal de Saúde, a necessidade de buscar entendimentos e tomadas de_x000D_
 providencias para priorizar as famílias ribeirinhas residentes nas localidades Piraim,_x000D_
 Porto Cercado, Moquém, Porto Mangueiral, São João, Porto Jofre e Adjacências,_x000D_
 margens do Rio Cuiabá, na vacinação da pandemia Novo Coronavírus – COVID 19,_x000D_
 resguardando percentual das doses recebidas para a vacinação dos profissionais.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_-_no_046-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_-_no_046-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Jorge_x000D_
 Getúlio da Silva, Secretário Municipal de Desenvolvimento Agropecuário e Rural, no_x000D_
 sentido de viabilizar limpeza e preparo de solo (gradagem) na área localizada em torno_x000D_
 do prédio da escola municipal Dom Pedro I, comunidade Capão de Angico para_x000D_
 possibilitar a associação de pequenos produtores da comunidade, desenvolverem_x000D_
 projeto, plantio de plantas medicinais.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_-_no_047-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_-_no_047-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA a Sua Excelência Senhor Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Senhora Christiane Caetano Rodrigues, Supervisora do SESC Pantanal, no sentido de_x000D_
 buscar entendimentos para em parceria confeccionar e fixar placa da nomenclatura_x000D_
 oficial dada pela Lei Municipal nº1996 de 14 de julho de 2020, de: “Armando Gomes_x000D_
 Ferreira Mendes” a estrada ribeirinha que liga a Estrada Parque “Profª Francisca_x000D_
 Figueiredo Arruda Martins” a região da Fazenda Botucatu e adjacências, fixando em_x000D_
 local de boa visibilidade para o conhecimento da população.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao_-_no_048-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao_-_no_048-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Manoel Salvador Pereira Leite, Secretário Municipal de Turismo, Danielle_x000D_
 Assis Carvalho, Secretária Municipal de Meio Ambiente, Ney Rondon Marques,_x000D_
 Secretário Municipal de Infraestrutura, no sentido de viabilizar elaboração de projeto_x000D_
 e licenciamento ambiental para construção de três pontes de concreto na estrada_x000D_
 ribeirinha Armando Gomes Ferreira Mendes, nos pontos denominados Cuiabá Velho e_x000D_
 Cuiabázinho.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao_-_no_049-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao_-_no_049-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Joelma Gomes da Silva, Secretária Municipal de Emprego, Renda e Assistência Social,_x000D_
 buscar entendimentos e tomadas de providências para colocar em funcionamento_x000D_
 barco destinado a atender famílias ribeirinhas com ações da área social, saúde,_x000D_
 educação e outras informações.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao_-_no_050-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao_-_no_050-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, José Joadir do Amaral_x000D_
 Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico, buscar_x000D_
 entendimentos e tomadas de providências para instalação de redutores de velocidades_x000D_
 em pontos estratégicos da Rua Santa Fé, bairro Jurumirim, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_-_no_051-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_-_no_051-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICAM as Suas Excelências Senhor Atail Marques do Amaral, Prefeito_x000D_
 Municipal, Secretária Municipal de Meio Ambiente Danielle Assis, a necessidade de_x000D_
 tomar as providências necessárias para celeridade na elaboração de projetos e outras_x000D_
 ações para ser encaminhado ao Governo do Estado visando à revitalização represa_x000D_
 municipal Tanque da Rua localizada no bairro Areão, nesta cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_-_no_052-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_-_no_052-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Atail Marques do Amaral, Prefeito_x000D_
 Municipal, Secretário Municipal de Infraestrutura, Ney Rondon Marques, a_x000D_
 necessidade de tomar as providências necessárias para celeridade na elaboração de_x000D_
 projeto e outras providencias para ser encaminhado ao Governo do Estado visando à_x000D_
 reforma, adequação do Ginásio de Esporte Guido Silva, cidade de Poconé – MT</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_-_no_053-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_-_no_053-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Senhores Atail Marques do Amaral, Prefeito_x000D_
 Municipal, Secretária Municipal de Ação Social, Emprego e Renda, Joelma Gomes da_x000D_
 Silva, a necessidade de buscar entendimentos e tomadas de providências necessárias_x000D_
 afim de designar uma equipe da Secretaria de Ação Social para deslocar até a_x000D_
 Comunidade Rural Bittencourt com a finalidade de cadastrar pessoas/famílias da_x000D_
 comunidade para serem beneficiadas com o Cartão Ser Família Emergencial e com_x000D_
 cestas básicas, em razão de que na comunidade existem pessoas e famílias que_x000D_
 encaixam e necessita desses benefícios.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao_-_no_054-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao_-_no_054-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido_x000D_
 de buscar entendimentos e tomadas de providências para a inclusão dos Vigilantes_x000D_
 que desempenham funções nos bancos, hotéis, pousadas e em outros setores nos_x000D_
 grupos de prioridade para a vacinação contra a Pandemia Novo Coronavírus – Covid_x000D_
 19.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_-_no_055-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_-_no_055-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com_x000D_
 cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, a_x000D_
 necessidade de viabilizar recuperação da estrada que demanda ao Programa de_x000D_
 Assentamento Modelo, com colocação de cascalhos em pontos críticos e recuperação_x000D_
 de manilhas em pontos estratégicos, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_-_no_056-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_-_no_056-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Ornella Rosário Proença_x000D_
 Moraes Falcão, Secretária Municipal de Educação, a necessidade de buscar_x000D_
 entendimentos e tomadas de providencias para solucionar a falta de água vivenciada_x000D_
 já algum tempo pela clientela escolar da Escola Municipal Eloisa Elena, localizada no_x000D_
 bairro São Judas Tadeu, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_-_no_057-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_-_no_057-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney_x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade de buscar_x000D_
 entendimentos e tomadas de providencias para efetuar as limpezas que se fazem_x000D_
 necessárias em torno da obra do PSF bem como da praça Cruz Preta, cidade de_x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_-_no_058-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_-_no_058-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária_x000D_
 Municipal de Saúde, a necessidade de buscar entendimentos e tomadas de_x000D_
 providencias para priorizar mulheres gestantes e mães que estão em fase de_x000D_
 amamentação com ou sem comorbidade, no município de Poconé, na vacinação da_x000D_
 pandemia Novo Coronavírus – COVID 19, resguardando percentual das doses_x000D_
 recebidas para a vacinação.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_-_no_059-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_-_no_059-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, ouvido o Plenário, Indicam as Suas Excelências o Senhor Ataíl Marques do_x000D_
 Amaral, Prefeito Municipal, Senhora Ornella Rosário Proença Moraes Falcão,_x000D_
 Secretária Municipal de Educação, Secretário de Estado de Educação, Alan Porto,_x000D_
 Deputados Estaduais Janaina Riva, Tiago Silva, Doutor João, a necessidade de_x000D_
 buscar entendimentos e tomadas de providencias junto ao Instituto Federal e_x000D_
 Tecnológico de Mato Grosso – IFMT e ao Núcleo Avançado Pesquisa do Pantanal de_x000D_
 Poconé – NAPAN, visando parceria para reabertura e realização de cursos na_x000D_
 estrutura do IFMT, do município de Poconé – MT.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_-_no_060-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_-_no_060-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências Senador Wellington Fagundes, Deputados_x000D_
 Estaduais Janaína Riva e Max Russ, buscar entendimentos e tomadas de providencias junto_x000D_
 ao Ministério de Comunicação, sobre a inclusão do município de Poconé – MT, na_x000D_
 programação de implantação da Internet 5G no Brasil.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_-_no_061-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_-_no_061-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Governador do Estado, Mauro Mendes, Ataíl Marques_x000D_
 do Amaral, Prefeito Municipal, Deputados Federais Carlos Bezerra e Neri Geller,_x000D_
 Deputado Estadual Dr. João, buscar entendimentos e tomadas de providências para_x000D_
 destinar via Governo do Estado ou emenda parlamentar, recursos financeiros na_x000D_
 ordem de R$ 100.000,00 para desenvolvimento de ações voltadas a Saúde da_x000D_
 população, na Sociedade Beneficência Poconeana, Hospital Geral de Poconé – MT, “Dr._x000D_
 Nicolau Fontanilas Frageli”, sob o CNPJ 03073889/0001-25; CNES (Cadastro_x000D_
 Nacional de Estabelecimentos de Saúde) 2391449.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_-_no_062-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_-_no_062-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Governador do Estado, Mauro Mendes, Ataíl_x000D_
 Marques do Amaral, Prefeito Municipal, Deputado Federal Carlos Bezerra e Neri_x000D_
 Geller, Deputado Estadual Dr. João, buscar entendimentos e tomadas de_x000D_
 providências para destinar via Governo do Estado ou emenda parlamentar, recursos_x000D_
 financeiros na ordem de R$ 200.000,00 para desenvolvimento de ações voltadas a_x000D_
 saúde pública na Secretaria Municipal de Saúde, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_-_no_063-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_-_no_063-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscrevem, nos termos do Regimento_x000D_
 Interno da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar_x000D_
 entendimentos e tomadas de providências para aquisição de dois aparelhos de ar_x000D_
 condicionados 30 mil btus, para ser instalado na recepção e na sala de pré consulta_x000D_
 do Posto de Saúde da Cohab Nova, bem como a reforma e ampliação geral do PSF,_x000D_
 cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_-_no_064-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_-_no_064-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, Ornella Rosário Proença Moraes_x000D_
 Falcão, Secretária Municipal de Educação, no sentido de buscar entendimentos e tomadas_x000D_
 de providências junto ao setor competente para efetuar serviços de dedetização na_x000D_
 sede do IFMT, município de Poconé-MT, com o fechamento das atividades no local_x000D_
 inúmeros insetos apareceram, o que poderá danificar as estruturas.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_-_no_065-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_-_no_065-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma_x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de buscar_x000D_
 entendimentos e tomadas de providências junto ao Governo do Estado cadastrar a_x000D_
 Secretaria Municipal de Saúde no Programa do Projeto Saúde da Mulher, com a_x000D_
 finalidade de atender mulheres residentes na área urbana e rural do município com_x000D_
 as ações e exames médicos de que trata o programa.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_-_no_066-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_-_no_066-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputados Estaduais Janaína Riva e Doutor João, Alberto Machado, Secretário de_x000D_
 Estado de Cultura, Esporte e Lazer, a Jan Moura, Secretário Adjunto de Cultura,_x000D_
 buscar entendimentos e tomadas de providências para que seja viabilizada recursos_x000D_
 no montante de R$ 50.000,00 em emenda parlamentar impositiva, com intuito de_x000D_
 atender parte da reforma da Biblioteca Municipal Dom Luiz Galibert, no município de_x000D_
 Poconé.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_-_no_067-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_-_no_067-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Senadores Jayme Campos, Wellington Fagundes, Carlos Favaro, Deputados Federais_x000D_
 Carlos Bezerra, Neri Geller, Deputados Estaduais Thiago Silva, Janaína Riva e Doutor_x000D_
 João, buscar entendimentos e tomadas de providências junto ao Governo_x000D_
 Estadual/Federal para viabilizar aquisição de 20 computadores para a Unidade da_x000D_
 IFMT/Núcleo Município de Poconé – MT.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_-_no_068-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_-_no_068-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, Manoel _x000D_
 Salvador Pereira Leite, Secretário Municipal de Turismo, Deputados Estaduais _x000D_
 Janaína Riva e Doutor João, buscar entendimentos e tomadas de providências junto _x000D_
 ao Governo Estadual/Secretaria de Estado de Turismo, para viabilizar celebração de _x000D_
 convênio entre o Governo do Estado/Secretaria de Estado de Turismo, Instituto _x000D_
 Federal de Mato Grosso – IFMT e a Prefeitura Municipal de Poconé, para possibilitar _x000D_
 realização de Curso de Capacitação voltados aos Jovens na área de Turismo e _x000D_
 Serviços, na Unidade da IFMT/Núcleo Município de Poconé – MT.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_-_no_069-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_-_no_069-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências junto ao setor competente para confeccionar e instalar em _x000D_
 pontos estratégicos e de boa visibilidade placa de identificação, dos Distritos Cangas e _x000D_
 Nossa Senhora Aparecida do Chumbo, município de Poconé.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_-_no_070-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_-_no_070-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências para regularizar o sistema de iluminação, efetuar pintura e _x000D_
 outros reparos que se fazem necessários na estrutura do Castelinho, a fim de _x000D_
 melhorar o aspecto urbanístico da entrada da cidade de Poconé, vez que o sistema de _x000D_
 iluminação encontra-se danificada e a pintura bastante desgastada com ações do _x000D_
 tempo.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_-_no_071-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_-_no_071-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno_x000D_
 da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Deputados Estaduais Janaína Riva e Doutor João, Deputados Federais Carlos _x000D_
 Bezerra, Neri Geller e Emanuel Pinheiro Neto, Senadores Jayme Campos, Wellington _x000D_
 Fagundes e Carlos Favaro, buscar entendimentos e tomadas de providências junto ao _x000D_
 Governo do Estado a fim de viabilizar a construção de uma estrutura física no _x000D_
 município de Poconé, para abrigar uma base do Grupo Especial de Fronteira –_x000D_
 GEFRON.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_-_no_072-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_-_no_072-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICAM as Suas Excelências Jean Moura, Secretário Adjunto de Cultura, Waldineia _x000D_
 Ribeiro de Almeida, Coordenação das Bibliotecas Públicas de Mato Grosso, Robinson de _x000D_
 Carvalho Araujo, Superintendente de Patrimônio Histórico e Cultural, Mariana Petronília de _x000D_
 Arruda Pereira, Secretária Municipal de Cultura de Poconé</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_-_no_073-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_-_no_073-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno _x000D_
 da Casa, INDICAM as Suas Excelências Jair Messias Bolsonaro, Presidente do Brasil, _x000D_
 Onyx Lorenzoni, Ministro de Estado Chefe da Secretaria Geral da Presidência da _x000D_
 República, Flávia Arruda, Ministra da Secretaria de Governo da Presidência da _x000D_
 República, tomadas de providências para que seja pavimentada a MT-060, também _x000D_
 conhecida como a Estrada Parque Zélito Dorileo/ Rodovia Transpantaneira, que liga a _x000D_
 cidade de Poconé até a localidade de Porto Jofre, na beira do Rio Cuiabá, na divisa _x000D_
 dos estados do Mato Grosso e do Mato Grosso do Sul.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_-_no_074-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_-_no_074-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Joelma Gomes da Silva, Secretária Municipal de Emprego, Renda e Assistência Social, _x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos _x000D_
 e tomadas de providências para atender famílias residentes no Programa de _x000D_
 Assentamento Nova Esperança com abastecimento de água potável através de carro _x000D_
 pipa.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_-_no_075-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_-_no_075-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno _x000D_
 da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Mauren Lazzaretti, Secretária de Estado de Meio Ambiente, buscar entendimentos e _x000D_
 tomadas de providências para destinar madeiras apreendidas para viabilizar _x000D_
 construção de duas pontes na região Ribeirinha, município de Poconé, sendo:</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_-_no_076-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_-_no_076-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os vereadores que a esta subscreve, nos termos do Regimento Interno _x000D_
 da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Estadual Max Russi, Secretário de Estado de Infraestrutura e Logística, _x000D_
 Marcelo de Oliveira e Silva, buscar entendimentos e tomadas de providências para _x000D_
 destinar ao município de Poconé peças pré moldados “Aduela de Concreto/Tubos _x000D_
 Celulares”, para serem instalados em 02 pontos localizados na estrada ribeirinha _x000D_
 “Armando Gomes Ferreira Mendes”, nas localidades “Cuiabazinho” e “Rio Velho”.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_-_no_077-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_-_no_077-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICAM as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar _x000D_
 entendimentos, tomadas de providências, para assegurar recursos financeiros destinados _x000D_
 para reforma e revitalização da Praça Pública “São Francisco de Assis”, localizada no bairro _x000D_
 Cidade Rosa/Cohab Nova, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_-_no_078-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_-_no_078-2021.pdf</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_-_no_079-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_-_no_079-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Deputados Estaduais Doutor João e Janaína Riva, Deputado Federal _x000D_
 Carlos Bezerra e Juarez Costa, Juliano Jorge Boraczynski, Presidente da Companhia _x000D_
 Mato-grossense de Mineração, “METAMAT”, no sentido de buscar entendimentos _x000D_
 junto ao Governo do Estado, FUNASA para viabilizar meios para que as comunidades _x000D_
 rurais Bittencourt, Santa Rita e P.A Nova Esperança, município de Poconé, sejam _x000D_
 atendidas com construção de poços artesianos dotados de caixa de água e rede de _x000D_
 distribuição de água.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_-_no_080-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_-_no_080-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, no _x000D_
 sentido de buscar entendimentos e tomadas de providencias para que seja instalado _x000D_
 registro de água em todas as residências do Distrito de Cangas, objetivando o controle _x000D_
 de consumo de água.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_-_no_081-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_-_no_081-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Mauro Mendes, Governo do Estado de Mato _x000D_
 Grosso, Mauren Lazzaretti, Secretária de Estado de Meio Ambiente, buscar _x000D_
 entendimentos e tomadas de providências junto ao Juizado Especial Criminal de Meio _x000D_
 Ambiente, Ministério Público, Promotoria de Justiça de Defesa do Meio Ambiente, _x000D_
 Secretária de Justiça e Segurança Pública, Juizado Especial Volante Ambiental –_x000D_
 JUVAM, para destinar 05 lotes de madeiras apreendidas para atender famílias _x000D_
 ribeirinhas de baixo poder aquisitivo com construção de casas.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_-_no_082-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_-_no_082-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA ao Delegado da Agência Fluvial da Marinha, Cuiabá _x000D_
 – MT, viabilizar parceria com a Colônia Z11, para realizar no município de Poconé-MT, _x000D_
 com renovação de registro de embarcações, expedição de carteiras e outros _x000D_
 atendimentos oferecidos pela Agencia Fluvial da Marinha, para atender as pessoas _x000D_
 interessadas, esperamos contar com a acolhida no atendimento desta justa _x000D_
 reivindicação.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_-_no_083-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_-_no_083-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a _x000D_
 necessidade de colocar aterro próximo a Igreja São Gonçalo, Comunidade Rural _x000D_
 Bittencourt, até asfalto da Rodovia MT 060, bem como recuperar a estrada que liga as_x000D_
 Comunidades Bittencourt e Maravilha, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_-_no_084-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_-_no_084-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Mauro Mendes, Governador do Estado, Marcelo de _x000D_
 Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística, no sentido de _x000D_
 buscar entendimentos para quando for efetuar serviços de revitalização na Estrada _x000D_
 Parque “Profª. Francisca Figueiredo Arruda Martins” – MT 370 Poconé/Porto Cercado, _x000D_
 município de Poconé – MT, sejam efetuados pavimentação das entradas as _x000D_
 Comunidades Lambari I e II, Bittencourt, IFMT, Nova Esperança e nas entradas das _x000D_
 propriedades localizadas nas margens da citada Estrada Parque.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_-_no_085-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_-_no_085-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 Os Vereadores que a este subscreve, nos termos do Regimento Interno _x000D_
 da Casa, ouvindo o Plenário, REITEIRAM as Suas Excelências Ataíl Marques do _x000D_
 Amaral, Prefeito Municipal, Marcelo de Oliveira e Silva, Secretário de Estado de _x000D_
 Infraestrutura e Logística, Deputados Estaduais Max Russi e Janaína Riva, no _x000D_
 sentido de buscar entendimentos para realizar parceria Prefeitura Municipal/SINFRA, _x000D_
 com a finalidade de fortalecer/renovar/substituir sinalizações “Olho de Gato” por _x000D_
 “Lombadas” em pontos estratégicos da pista de rolamento da Estrada Parque – MT _x000D_
 370 “Prof.ª Francisca Figueiredo Martins”, trecho: Entre a Ponte Rio Bento Gomes a _x000D_
 Avenida Generoso Ponce, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_-_no_086-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_-_no_086-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
  _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade de viabilizar _x000D_
 recuperação da estrada que dá acesso as Comunidades Espinhal e Pantanalzinho,_x000D_
 com serviços de patrolamento e colocação de cascalhos, bem como estender estes _x000D_
 serviços nas estradas que demanda as propriedades do Senhor Antonio Lobo, _x000D_
 Sebastião, Cristovão, em razão de suas importâncias para oferecer acesso a _x000D_
 propriedades de várias famílias que residem na região.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_-_no_087-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_-_no_087-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, _x000D_
 INDICA ao Poder Executivo Ataíl Marques do Amaral, Prefeito Municipal, José Joadir do _x000D_
 Amaral Junior, Secretário Municipal de Desenvolvimento Urbano e Econômico a Empresa _x000D_
 Águas de Poconé e a Concessionária de Energia Energisa, buscar entendimentos e tomadas _x000D_
 de providencias para:</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao_-_no_088-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao_-_no_088-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos _x000D_
 junto a Deputados Estaduais, Federais, Senadores, e/ou através de recursos próprios _x000D_
 adequar/revitalizar com serviços de jardinagem, iluminação e outras melhorias na _x000D_
 Praça da Bandeira, com extensão de canteiro até o PSF Central.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao_-_no_089-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao_-_no_089-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos _x000D_
 junto a Deputados Estaduais, Federais, Senadores, e/ou através de recursos _x000D_
 próprios, concluir serviços de asfalto, meio fio e sarjeta, na Avenida Senador Azeredo _x000D_
 com extensão de 300 metros até encontrar a Estrada Parque Zélito _x000D_
 Dorilêo/Transpantaneira.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_-_no_090-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_-_no_090-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a _x000D_
 necessidade de viabilizar recuperação, com colocação de cascalhos na estrada que _x000D_
 liga a Comunidade Capão do Angico, saindo da Propriedade do Senhor Acácio até a _x000D_
 MT – 060 Rodovia “Zelito Dorileo/ Transpantaneira, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_-_no_091-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_-_no_091-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, Indica as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, buscar entendimentos junto ao Governador do Estado, Mauro Mendes,_x000D_
 Deputados Federais Juarez Costa e Carlos Bezerra, Deputados Estaduais Thiago _x000D_
 Silva, Doutor João e Janaína Riva, solicitando a destinação de recursos financeiros _x000D_
 para aquisição de uma máquina escavadeira, para o município de Poconé - MT.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_-_no_092-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_-_no_092-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da Casa, _x000D_
 ouvido o Plenário, Reitera as Suas Excelências o Senhor Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, Empresa _x000D_
 Águas de Poconé a necessidade de buscar entendimentos e tomadas de providencias para _x000D_
 atender as famílias residentes no Programa de Assentamento Matadouro/Nossa Terra Nossa _x000D_
 Gente com rede de distribuição de água.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_-_no_093-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_-_no_093-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhores Atail Marques do Amaral, Prefeito _x000D_
 Municipal, Secretária Municipal de Ação Social, Emprego e Renda, Joelma Gomes da _x000D_
 Silva, a necessidade de buscar entendimentos e tomadas de providências necessárias, _x000D_
 junto ao Governo do Estado/Secretária de Estado de Assistência Social, a fim de _x000D_
 cadastrar famílias Ribeirinhas das regiões Piraim, Porto Mangueiral, Moquem, Porto _x000D_
 da Manga, Porto Jofre, São João, com a finalidade de serem beneficiados com o _x000D_
 Cartão Ser Família Emergencial e com cestas básicas, verduras, filtros para água, _x000D_
 cobertores, em razão de que estas famílias encaixam e necessita desses benefícios.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_-_no_094-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_-_no_094-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ilma _x000D_
 Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar entendimentos e _x000D_
 tomadas de providências para ampliação de salas do PSF Santa Tereza, cidade de _x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_-_no_095-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_-_no_095-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, a Empresa Energisa, _x000D_
 buscar entendimentos, parceria para que o Poder Executivo/ENERGISA substitua _x000D_
 lâmpadas convencionais por lâmpadas de LED, nas vias públicas do Residencial _x000D_
 Portal do Pantanal, município de Poconé - MT.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_-_no_096-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_-_no_096-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Silvano Amaral, Secretário de Estado de Agricultura Familiar e Assuntos Fundiários, _x000D_
 buscar entendimentos junto ao Governo do Estado, para destinar a Prefeitura _x000D_
 Municipal de Poconé, dois veículos e 50 barracas para atender ações/projetos _x000D_
 desenvolvidos pela Secretaria Municipal de Desenvolvimento Agropecuário Rural, _x000D_
 objetivando fortalecimento da agricultura familiar no município.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_-_no_097-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_-_no_097-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Empresa Energisa, buscar entendimentos e tomadas de providencias _x000D_
 a fim de deslocar uma equipe na região Ribeirinha para verificar postes de rede de _x000D_
 distribuição em propriedades localizados as margens da Estrada Ribeirinha Armando _x000D_
 Gomes Ferreira Mendes, que estão pretensos a cair e provocar acidentes e outros _x000D_
 transtornos.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_-_no_098-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_-_no_098-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Mauren Lazzaretti, Secretária de Estado de Meio _x000D_
 Ambiente, Deputado Estadual Tiago Silva, no sentido de buscar entendimentos e _x000D_
 tomadas de providencias, para designar uma equipe técnica da SEMA para deslocar _x000D_
 até o Rio Cuiabá região de Poconé, a fim de verificar o que pode ser feito _x000D_
 aproveitando o período de estiagem para desassorear a entrada de acesso a Baia _x000D_
 denominada “Porto Mangueiral”, para permitir acesso dos residentes as margens da _x000D_
 Baia.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_-_no_099-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_-_no_099-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Deputados Estaduais Tiago Silva, Doutor João, Wilson Santos e Janaína _x000D_
 Riva, Deputado Federal Neri Geller e Carlos Bezerra, no sentido de buscar _x000D_
 entendimentos junto ao Governo do Estado, FUNASA para viabilizar meios para que o _x000D_
 município de Poconé seja contemplado com construção de 07 poços artesianos_x000D_
 dotados de caixa de água e rede de distribuição de água, nas seguintes comunidades _x000D_
 rurais, Bittencourt 01, Nova Esperança 02, Modelo 02, Carandazinho 02 poços.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_-_no_100-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_-_no_100-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Ornella Rosário Proença Moraes Falcão, Secretária Municipal de Educação, estudar a _x000D_
 viabilidade de estabelecer aos profissionais de educação professor efetivo o regime de _x000D_
 trabalho com carga horária de 15 horas semanais.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1475/indicacao_-_no_101-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1475/indicacao_-_no_101-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno _x000D_
 da Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Deputado Federal, Carlos Bezerra, no sentido de buscar entendimento para viabilizar _x000D_
 recursos orçamentários do Estado, da União ou via emenda parlamentar para _x000D_
 serviços de asfalto, meio fio e sarjeta em vias públicas localizadas no Jardim _x000D_
 Primavera, bairro Cruz Preta, cidade de Poconé/MT.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1476/indicacao_-_no_102-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1476/indicacao_-_no_102-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Mariana Petronília de Arruda Pereira, Secretária Municipal de Cultura, no _x000D_
 sentido de reunir com representantes da Paróquia Nossa Senhora do Rosário, famílias _x000D_
 tradicionais poconeanas, empresários, fieis para debater acerca da revitalização da _x000D_
 Igreja Católica Menino Jesus, que fica localizada na Praça Menino Jesus, cidade de _x000D_
 Poconé - MT.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao_-_no_103-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao_-_no_103-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Ney Rondon _x000D_
 Marques, Secretário Municipal de Infraestrutura, a necessidade de atender os _x000D_
 pequenos produtores rurais da Comunidade Carandazinho, com os seguintes _x000D_
 serviços de gradeagem e recuperação da estrada, visando o fortalecimento da _x000D_
 agricultura familiar.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao_-_no_104-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao_-_no_104-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Deputados _x000D_
 Estaduais Doutor João, Thiago Silva, Janaína Riva, a Empresa Energisa, a _x000D_
 necessidade de buscar entendimentos e tomadas de providencias para melhorar a _x000D_
 qualidade do serviço de energia prestado pela Empresa Energisa - MT na região do _x000D_
 Porto Cercado, imediações da Estrada Armando Gomes Ferreira Mendes, Moquém até _x000D_
 ao São Miguel, município de Poconé – MT, em razão de que constantemente estas _x000D_
 regiões ficam sem energia por mais de 03 dias, como ocorrido nos dias 04, 05 e 06 de _x000D_
 setembro, foi interrompido o fornecimento de energia na região e que várias pessoas _x000D_
 sofreram com a interrupção do serviço, trazendo prejuízos consideráveis aos _x000D_
 residentes, como danificações em eletrodomésticos, abastecimentos de caixas de _x000D_
 águas, noites sem dormir, devido forte calor nas regiões, pelo o que solici</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao_-_no_105-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao_-_no_105-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e _x000D_
 Administração, Ornella Rosário Proença Moraes Falcão, Secretária Municipal de _x000D_
 Educação, a necessidade de buscar entendimentos e tomadas de providencias para _x000D_
 viabilizar estudo visando revisão, alteração e reorganização dos planos de cargos, _x000D_
 carreiras e salários dos profissionais de educação básica do município de Poconé e _x000D_
 dos profissionais da administração pública municipal, a fim de adequá-los a nova _x000D_
 realidade do município de Poconé, estendendo a todos os servidores direitos e _x000D_
 benefícios conquistados após as edições dos planos.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao_-_no_106-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao_-_no_106-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 Vereadores que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e _x000D_
 Administração, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a _x000D_
 necessidade de buscar entendimentos e tomadas de providencias para elaborar _x000D_
 projeto com a finalidade de transformar o Estádio Municipal Neco Falcão, em um _x000D_
 Centro de Eventos, com novos espaços que possa abrigar eventos dos mais diversos _x000D_
 portes, sem prejudicar a pratica do futebol de campo.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_-_no_107-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_-_no_107-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Deputado Estadual Doutor João, a necessidade de buscar entendimentos e tomadas _x000D_
 de providencias para viabilizar recursos financeiros junto ao Governo do Estado ou _x000D_
 através de emenda parlamentar para continuidade da revitalização da Praça da _x000D_
 Matriz, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao_-_no_108-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao_-_no_108-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos _x000D_
 junto a Deputados Estaduais, Federais, Senadores, e/ou através de recursos _x000D_
 próprios, concluir serviços de asfalto, meio fio e sarjeta, na Avenida Senador Azeredo _x000D_
 com extensão de 170 metros de asfalto até encontrar a Estrada Parque Zélito _x000D_
 Dorilêo/Transpantaneira, cidade de Poconé.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_-_no_109-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_-_no_109-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, INDICA _x000D_
 as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Secretário de Estado de _x000D_
 Infraestrutura e Logística, Marcelo de Oliveira e Silva, Deputados Federais Carlos Bezerra e Juarez _x000D_
 Costa, Deputados Estaduais Doutor João, Thiago Silva e Janaína Riva, no sentido de buscar _x000D_
 entendimentos para angariar recursos orçamentários via Estado, União, via emendas parlamentares, _x000D_
 destinados para serviços de asfalto, sarjetas, meio fio na Rua que dá acesso a entrada dos residenciais_x000D_
 Guatós I e II, serviços de complementação de aproximadamente 40 metros da Avenida Generoso Ponce _x000D_
 aos residenciais.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_-_no_110-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_-_no_110-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, _x000D_
 INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Secretário de _x000D_
 Estado de Infraestrutura e Logística, Marcelo de Oliveira e Silva, Deputados Federais Carlos _x000D_
 Bezerra e Juarez Costa, Deputados Estaduais Doutor João, Thiago Silva e Janaína Riva, no _x000D_
 sentido de viabilizarem entendimentos para angariar recursos orçamentários via Estado, _x000D_
 União, via emendas parlamentares, destinados para serviços de asfalto, sarjetas, meio fio na _x000D_
 Rua Nossa Senhora do Livramento, bairro Boa Nova, saindo da MT 370, ligando a Generoso _x000D_
 Ponce e Residenciais Guatós I e II, cidade de Poconé/MT.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_-_no_111-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_-_no_111-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Jorge _x000D_
 Getúlio da Silva, Secretário Municipal de Desenvolvimento Agropecuário e Rural, a _x000D_
 necessidade de atender os pequenos produtores rurais dos Programas de _x000D_
 Assentamentos Favo de Mel e Cumbaru, com serviços de gradeagem, visando o _x000D_
 fortalecimento da agricultura familiar.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_-_no_112-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_-_no_112-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Empresa Energisa, a fim de verificar se não há necessidade de retirar _x000D_
 o poste que foi danificado com a queda da àrvore, “mangueira”, na Rua Intendente _x000D_
 Antônio João, nas proximidades da Distribuidora Pedro Farofa/inicio da Estrada _x000D_
 Parque “Prof.ª Francisca Figueiredo Arruda Martins” – MT 370 Poconé/Porto Cercado, _x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_-_no_113-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_-_no_113-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
  O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA ao Senhor Alessandro Lopes Fajard Oliveira, Capitão de _x000D_
 Fragata/Capitão dos Portos de Mato Grosso, a possibilidade de liberar mais 15 vagas _x000D_
 para Curso de Formação de Aquaviário Pescador Profissional Nível I (CFAQ-III) ainda _x000D_
 neste ano para atender aos que estão aguardando na fila de espera.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_-_no_114-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_-_no_114-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno _x000D_
 da Casa, INDICA as Suas Excelências Senhores Mauro Mendes, Governador do Estado, _x000D_
 Alexandre Bustamante dos Santos, Secretário de Estado de Segurança Pública, Secretaria da _x000D_
 Casa Civil, Deputados Estaduais Dr. João, Janaína Riva, Tiago Silva, Faissal Calil, Eduardo _x000D_
 Botelho, Deputado Federal Carlos Bezerra, Senadores Jayme Campos, Wellington Fagundes, _x000D_
 Carlos Fávaro, para que viabilizem entendimentos e tomadas de providências junto ao _x000D_
 Governo do Estado, visando à criação da Delegacia de Proteção à Mulher, no município de _x000D_
 Poconé – MT.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_no_023-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_no_023-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Os Vereadores que a esta subscreve, nos termos do Regimento Interno desta Casa, _x000D_
 ouvido o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de buscar _x000D_
 entendimentos e tomadas de providências, para determinar ao setor competente agilizar _x000D_
 elaboração de projetos, documentos relacionados aos serviços de adequação, revitalização na _x000D_
 Praça Pública “Padre Manoel Francisco de Arruda Bastos”, Praça da Bandeira e do espaço público _x000D_
 que liga a citada praça a Rua Intendente Antonio João, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao_no_024-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno desta _x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade _x000D_
 de se tomar medidas que objetivam com revitalização dos canteiros centrais do Distrito _x000D_
 de Cangas, principalmente os localizados nas proximidades da MT 060 - MT 060 Rodovia _x000D_
 Estadual Denominada José Monteiro de Figueiredo.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao_no_025-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno, _x000D_
 ouvido o Plenário, INDICA a Sua Excelência Deputado Estadual Dilmar Dal Bosco, no _x000D_
 sentido de buscar entendimentos e providências necessárias junto a Secretaria de Estado _x000D_
 de Infraestrutura e Logística para concluir serviços de tapa buracos, na MT 451 “Adauto _x000D_
 Leite/Coenge” até o Entroncamento da BR 070, bem como limpezas das margens, em _x000D_
 razão de que a empresa ENPA Engenharia e parceria Ltda, contratada pelo Governo do _x000D_
 Estado não concluiu a realização destes serviços e devido à existência de vários buracos _x000D_
 na pista de rolamento e matagais nas margens, face reclame recebido de usuários, _x000D_
 aumento do fluxo de veículos que faz transporte da produção de soja, milho e outros _x000D_
 produtos, para evitar que danos e acidentes ocorram, faz necessário a conclusão dos _x000D_
 serviços em toda extensão da MT 451.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_no_026-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_no_026-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a esta subscreve, nos termos do Regimento Interno, ouvido _x000D_
 o Plenário, INDICAM as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente, Ney Rondon Marques, _x000D_
 Secretário Municipal de Infraestrutura, Manoel Salvador Pereira Leite, Secretário _x000D_
 Municipal de Turismo, no sentido de buscar entendimentos e tomadas de providências a _x000D_
 fim de buscar recursos financeiros junto ao Governo Estadual/Secretaria de Estado de _x000D_
 Meio Ambiente, parceria com a Agência Nacional de Água, SESC Pantanal, _x000D_
 Cooperpoconé, Concessionária Águas de Poconé, objetivando a revitalização do Parque _x000D_
 Temático, localizado no bairro São Benedito, cidade de Poconé – MT, com a finalidade de _x000D_
 oferecer espaço apropriado para turismo pedagógico e escolar, passeios educativos e _x000D_
 turísticos.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_no_063-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_no_063-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providencias para efetuar restauração de bancos, iluminação e outras _x000D_
 melhorias na Praça da Bandeira, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_no_064-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_no_064-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica as Suas Excelências Senhores Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a _x000D_
 necessidade de buscar entendimentos e tomadas de providências junto ao Governo do _x000D_
 Estado, Secretaria de Estado de Infraestrutura, Deputados Estaduais, Federais, _x000D_
 Senadores no sentido de viabilizar recursos orçamentários do Estado, União, via emenda _x000D_
 parlamentar para que a Prefeitura Municipal priorize as obras de complementação _x000D_
 asfalto, meio fio, sarjeta, canteiros, iluminação e estacionamento na Avenida dom _x000D_
 Aquino, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao_no_065-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao_no_065-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica a Sua Excelência Mauro Mendes, Governador do Estado _x000D_
 de Mato Grosso, a necessidade de buscar entendimentos e tomadas de providências para_x000D_
 contemplar o Ginásio de Esporte Guido Silva, com as seguintes melhorias: construção de _x000D_
 muros nas laterais, estacionamento e outras ações necessárias para proporcionar _x000D_
 ambientes adequados aos desportistas.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao_no_066-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao_no_066-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Vereadores que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indicam as Suas Excelências Deputado Estadual Paulo Araújo, _x000D_
 Deputado Federal Neri Geller e Emanuel Pinheiro Neto “Emanuelzinho”, buscar _x000D_
 entendimentos e tomadas de providencias para destinar recursos financeiros para _x000D_
 efetuar restauração do Canteiro Central localizado na via principal que dá acesso ao _x000D_
 bairro Cidade Rosa/COHAB Nova, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_no_067-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_no_067-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Vereadores que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICAM a Sua Excelência Deputado Federal, Emanuel Pinheiro Neto _x000D_
 “Emanuelzinho”, buscar entendimentos e tomadas de providencias para efetuar _x000D_
 restauração de bancos, iluminação e outras melhorias na Praça Pública São Francisco de _x000D_
 Assis, localizada no bairro Cidade Rosa/COHAB Nova, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_no_068-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_no_068-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa, _x000D_
 INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon _x000D_
 Marques, Secretário Municipal de Infraestrutura, a necessidade de buscar entendimentos e _x000D_
 tomadas de providências para inserir nas peças orçamentárias do exercício 2022, projeto, _x000D_
 previsão de dotação financeira destinada para construção de uma Praça Pública com área de _x000D_
 lazer, parque infantil e academia da melhor idade no bairro São Judas Tadeu, cidade de Poconé.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_no_069-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_no_069-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, Prefeito Municipal, _x000D_
 Senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de _x000D_
 atender a todos os munícipes principalmente idosos e cadeirantes com rampas de _x000D_
 acessibilidade em todas as praças centrais da cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_no_070-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_no_070-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Empresa Águas _x000D_
 de Poconé, a necessidade de buscar entendimentos e tomadas de providencias para _x000D_
 construção de Poço Artesiano com extensão de rede de distribuição de água, no Programa _x000D_
 de Assentamento Modelo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_no_071-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_no_071-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providencias para efetuar restauração de bancos, iluminação e outras _x000D_
 melhorias na Praça do Coreto, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_no_072-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_no_072-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal determinar _x000D_
 ao setor competente que proceda a colocação de placas indicativas em postes indicando o _x000D_
 nome de ruas dos bairros da cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_no_073-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_no_073-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal determinar _x000D_
 ao setor competente colocar escultura do Cavalo Pantaneiro montado por cavalheiro _x000D_
 “Mouro” e “Cristão” em ponto estratégico do local denominado “Castelinho”, entrada da _x000D_
 cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_no_074-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_no_074-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência, Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, no sentido de buscar entendimentos, parceria com a concessionária Águas de _x000D_
 Poconé, para construção de um poço artesiano, no estádio municipal Neco Falcão, cidade _x000D_
 de Poconé - MT.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao_no_075-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao_no_075-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência, Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, no sentido de buscar entendimentos e tomadas para construção de um _x000D_
 Auditório Municipal anexo a Prefeitura Municipal de Poconé.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_no_076-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_no_076-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  Os Vereadores que a este subscrevem, nos termos do Regimento Interno _x000D_
 da Casa, ouvindo o Plenário, INDICAM a Sua Excelência, Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providencias para _x000D_
 reforma dos pontos de táxis Central/Praça da Matriz, Rodoviária e da Avenida Senador _x000D_
 Jonas Pinheiro/Avenida dos Trabalhadores, cidade de Poconé, com implantação de _x000D_
 banheiros sanitários.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_no_077-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_no_077-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências, Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Deputado Estadual Paulo Araújo, Deputado Federal Neri Geller e Senador _x000D_
 Jayme Campos, no sentido de buscar entendimentos e tomadas de providencias para _x000D_
 destinar recursos financeiros para a reforma geral da Escola Municipal João Godofredo, _x000D_
 cidade de Poconé.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_no_078-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_no_078-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência o Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, no sentido de buscar entendimentos e tomadas de providencias a fim _x000D_
 de inserir na programação de serviços de tapa buracos e lama asfáltica as Ruas do _x000D_
 Distrito de Cangas, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_no_079-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_no_079-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, realizar estudo e tomada de _x000D_
 providência para implantar redutor de velocidade tipo lombada (quebra mola), na Rua _x000D_
 Justino Gonçalves da Guia, Bairro Cidade Rosa/Cohab Nova, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_no_080-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_no_080-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências para efetuar serviço de limpeza pública nos Residenciais Santa _x000D_
 Clara e São Francisco, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_no_081-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_no_081-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, Danielle Assis Carvalho, _x000D_
 Secretária Municipal de Meio Ambiente, a necessidade de buscar entendimentos e _x000D_
 tomadas de providências para efetuar limpezas que se fazem necessárias na Represa _x000D_
 Municipal João Ponce de Arruda/Tanque da Rua e em toda extensão do Córrego Tereza _x000D_
 Botas, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1513/indicacao_no_082-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1513/indicacao_no_082-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Senador _x000D_
 Carlos Fávaro, Deputado Federal Neri Geller e Deputado Estadual Paulo Araújo, no _x000D_
 sentido de buscar entendimentos e tomadas de providências para assegurar recursos _x000D_
 financeiros junto ao Governo do Estado, via emenda parlamentar ou recursos próprios _x000D_
 destinados para a Prefeitura Municipal de Poconé, para serviço de asfalto, sarjeta e meio _x000D_
 fio nas Ruas Primavera, Tereza Botas, Pedro Vitorino e Rua João Felix da Silva, “João _x000D_
 Tora”, e as travessas, localizadas no Bairro Cruz Preta, no município de Poconé - MT.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_no_083-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_no_083-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Senador Carlos Fávaro, Deputado Estadual Paulo _x000D_
 Araújo, no sentido de buscar entendimentos e tomadas de providências para assegurar _x000D_
 recursos financeiros junto ao Governo do Estado/Federal, via emenda parlamentar _x000D_
 destinados para reforma do Prédio do Hospital Geral de Poconé Dr. Nicolau Fontanilas _x000D_
 Frageli (Sociedade Beneficência Poconeana),</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_no_014-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_no_014-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Mauro Mendes, Governador do Estado de Mato Grosso, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias para construção de mais 04 poços artesianos_x000D_
 na região da Estrada Parque “Zelito Dorileo/Transpantaneira”, com reservatórios de_x000D_
 água, para abastecimentos de caminhões pipas para combater incêndios, bem como_x000D_
 disponibilizar bebedouros de águas para animais. Viabilizar construção de poços_x000D_
 artesianos em pontos estratégicos de comunidades rurais do município de Poconé, que_x000D_
 enfrentam problemas seríssimo no abastecimento de água.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_no_015-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_no_015-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Mauro Mendes, Governador do Estado de Mato Grosso, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias para Governo Estadual disponibilizar no_x000D_
 mínimo 03 (três) carros pipas para ajudar no combate incêndios na região do Pantanal,_x000D_
 município de Poconé - MT.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_no_016-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_no_016-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Mauro Mendes, Governador do Estado de Mato Grosso, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias para realizar reforma na estrutura física da_x000D_
 antiga Cadeia Pública, desativada, e que a mesma após reformada seja destinada ao_x000D_
 Município para receber animais que foram atingidos com as queimadas na região do_x000D_
 Pantanal, estão precisando de alimentação, água, tratamento, ajuda, socorros e o_x000D_
 município não dispõe de outra estrutura adequada para abrigar esses animais.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_no_017-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_no_017-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal,_x000D_
 Secretário Municipal de Infraestrutura, Ney Rondon Marques, a necessidade de viabilizar_x000D_
 recuperação da estrada que demanda as Comunidades Pantanalzinho e Espinhal_x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1541/indicacao_no_018-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1541/indicacao_no_018-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos, parceria junto a Cooper Poconé, para_x000D_
 construção de poços artesianos em comunidades rurais do município de Poconé.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_no_019-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_no_019-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Deputado_x000D_
 Estadual Carlos Avallone, no sentido de buscar entendimentos, tomadas de providencias_x000D_
 junto ao Governo de Estado, a fim de angariar recursos financeiros destinados a serviços_x000D_
 asfalto, meio fio e sarjeta na Rua Joaquim Murtinho, (complementação), e na via pública_x000D_
 denominada não oficialmente de Estrada Piraputanga, a partir da Rua Justino_x000D_
 Gonçalves da Guia, bairro Aeroporto, cidade de Poconé.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1543/indicacao_no_020-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1543/indicacao_no_020-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, para implantar no município, atendendo o Código de Postura, o Disque_x000D_
 Entulho.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, Indica as Suas Excelências Mauro Mendes, Governador do Estado de Mato_x000D_
 Grosso, com copias aos Senhores Alexandre Bustamante dos Santos, Secretário Estadual de_x000D_
 Segurança Pública, Cel PM Jonildo José de Assis, Comandante Geral da Polícia Militar,_x000D_
 Deputados Estaduais Dr. João e Janaína Riva, Ataíl Marques do Amaral, Prefeito Municipal, a_x000D_
 necessidade de buscar entendimentos e tomadas de providências para que seja inserido no_x000D_
 próximo concurso público a ser realizado pelo Estado de Mato Grosso, vagas para 31 policiais_x000D_
 militares para compor a base do Grupo Especial de Fronteiras – GEFRON a ser futuramente base_x000D_
 instalada na cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1545/indicacao_no_022-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1545/indicacao_no_022-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade_x000D_
 de buscar entendimentos e tomadas de providências para regularizar o sistema de_x000D_
 energia elétrica/iluminação com trocas de lâmpadas nos postes da Comunidade Rural_x000D_
 Água Vermelha, município de Poconé - MT.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_no_023-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_no_023-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Jorge Getúlio da Silva, Secretário Municipal de Desenvolvimento_x000D_
 Agropecuário e Rural, necessidade de buscar entendimentos e tomadas de providências_x000D_
 para deslocar pá carregadeira no Programa de Assentamento Carandazinho, com a_x000D_
 finalidade de fazer escavação necessária e colocar lona preta a fim de armazenar água de_x000D_
 chuva para que as famílias que trabalham com plantações de hortaliças tenham água_x000D_
 para irrigar suas plantações.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_no_024-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_no_024-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, a necessidade_x000D_
 de buscar entendimentos e tomadas de providências para deslocar maquinários, equipes_x000D_
 de funcionários para efetuar os serviços de limpezas que se fazem necessários ao redor_x000D_
 do Barracão/Centro Comunitário do Programa de Assentamento Carandazinho.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1548/indicacao_no_025-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1548/indicacao_no_025-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, tomem as_x000D_
 providências necessárias para efetuar patrolamento, colocação de cascalho nos pontos_x000D_
 críticos da pista de rolamento, concerto de pontes na Estrada Vicinal que demanda a_x000D_
 Comunidade Imbê e adjacências, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_-_no__022-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_-_no__022-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para reformar a ponte de madeira_x000D_
 localizada na estrada velha que liga a cidade de Poconé a MT 451 Adauto Leite/Coenge,_x000D_
 segunda ponte depois da Fazenda Japão, município de Poconé-MT</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao_-_no__023-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao_-_no__023-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Lucas Gouvêa, Procurador Jurídico do município, no sentido de buscar_x000D_
 entendimentos e tomadas de providencias para viabilizar prorrogação do Decreto nº 058_x000D_
 de 01 de julho de 2021, estendendo prazo de 60 dias a contar de 24 de agosto de 2021,_x000D_
 para que seja apresentado pelos taxistas requerimento de renovação das permissões de_x000D_
 taxis urbanos, junto ao departamento municipal de tributos, sob pena de cassação.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao_-_no__024-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao_-_no__024-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos e tomadas de providencias determinando_x000D_
 ao setor competente viabilizar obra de confecção de letreiro em caixa alta de fibro cimento_x000D_
 com os dizeres “Eu amo Poconé”, em pontos estratégicos da cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_-_no__025-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_-_no__025-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Mauro Mendes, Governador do_x000D_
 Estado, Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística,_x000D_
 Mauren Lazzaretti, Secretária de Estado de Meio Ambiente, Danielle Assis Carvalho,_x000D_
 Secretária Municipal de Meio Ambiente, Ataíl Marques do Amaral, Prefeito Municipal, no_x000D_
 sentido de buscar entendimentos e tomadas de providencias para destinar às equipes_x000D_
 que desenvolvem ações de enfrentamento às queimadas na região do Pantanal, município_x000D_
 de Poconé, uma Pá Carregadeira para viabilizar a confecção rápida dos aceiros_x000D_
 necessários na prevenção e combate ao fogo. Essa destinação pode ser feita na forma de_x000D_
 aquisição de maquinário novo ou aluguel ou utilização de Pá Carregadeira apreendida em_x000D_
 fase de fiscalização do órgão competente.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_-_no__026-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_-_no__026-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para tampar buraco existente na_x000D_
 esquina da Rua Beri Poconé com a Avenida Chico Gil, antiga Avenida Porto Alegre, Bairro_x000D_
 São Benedito, cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_-_no__027-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_-_no__027-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos e tomadas de providencias determinando_x000D_
 ao setor competente viabilizar obra de confecção de letreiro em caixa alta de fibro cimento_x000D_
 com os dizeres “Eu Amo Capão de Angico”, em ponto estratégico da Comunidade.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_-_no__028-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_-_no__028-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos e tomadas de providencias determinando_x000D_
 ao setor competente para proceder à colocação de lixeiras, nas proximidades do_x000D_
 Castelinho, entrada de Poconé.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_-_no__029-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_-_no__029-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos e tomadas de providencias determinando_x000D_
 ao setor competente para proceder à colocação de lixeiras fixas, em pontos estratégicos_x000D_
 do Assentamento Carandazinho, município de Poconé - MT.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_-_no__030-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_-_no__030-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para reformar a caixa de água que_x000D_
 atende a rede de distribuição de água nas comunidades rurais Santa Filomena e Baía do_x000D_
 Campo, município de Poconé – MT, com custo orçamentário aproximadamente de R$_x000D_
 2.500,00 (dois mil e quinhentos reais).</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_-_no__031-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_-_no__031-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Mariana Petronília Arruda Pereira,_x000D_
 Secretária Municipal de Cultura, Senhor Benedito Pinto de Moraes, Presidente da_x000D_
 Associação Folclórica de Cururu, Siriri e Rezas Cantadas, Senhora Josenira Cássia_x000D_
 Fernandes, Presidente da ACADEPAN, Conselho Municipal de Cultura, Irmandade de São_x000D_
 Benedito, Irmandade do Divino Espírito Santo, Paróquia Nossa Senhora do Rosário –_x000D_
 Para que possam ser parceiros do Município de Poconé e realizem_x000D_
 Reunião Temática sobre a Criação do Calendário de Eventos Culturais e Sociais, para_x000D_
 respectiva orientação aos realizadores desses eventos, e criação de material gráfico_x000D_
 impresso ou site (portal).</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_-_no__032-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_-_no__032-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, INDICA a Sua Excelência Danielle Assis Carvalho, Secretária_x000D_
 Municipal de Meio Ambiente, Senhor Thiago Soares Reis, Comandante Corpo de_x000D_
 Bombeiros Poconé, Defesa Civil Poconé.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1573/indicacao_-_no__033-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1573/indicacao_-_no__033-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, Reitera as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para reformar a caixa de água que_x000D_
 atende a rede de distribuição de água nas comunidades rurais Santa Filomena e Baía do_x000D_
 Campo, município de Poconé – MT, com custo orçamentário aproximadamente de R$_x000D_
 2.500,00 (dois mil e quinhentos reais).</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_-_no__034.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_-_no__034.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Viviane Cristina da Silva Lemes, Secretária Municipal de Planejamento e_x000D_
 Administração, no sentido de buscar entendimentos e tomadas de providencias para_x000D_
 confecção/aquisição de bandeiras do Brasil, Mato Grosso e do município de Poconé, para_x000D_
 que sejam hasteadas conforme especifica o Art. 11 da Lei Municipal nº 428 de 09 de_x000D_
 dezembro de 1971, dispõe sobre a forma e apresentação dos símbolos do município de_x000D_
 Poconé e dá outras providencias.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1575/indicacao_-_no__035.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1575/indicacao_-_no__035.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvindo o Plenário, Reitera a Sua Excelência Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, no sentido de buscar entendimentos e tomadas de providencias determinando_x000D_
 ao setor competente viabilizar obra de confecção de letreiros em caixa alta de fibro_x000D_
 cimento com os dizeres “Eu amo Poconé”, em pontos estratégicos da cidade de Poconé –_x000D_
 MT; bem como com os dizeres “Eu Amo Capão de Angico”, em ponto estratégicos da_x000D_
 Comunidade Rural.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_-_no__036-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_-_no__036-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, determinar ao setor competente, para que em parceria com a Paróquia Nossa _x000D_
 Senhora do Rosário, viabilize estudos e tomadas de providencias para efetuar reforma na _x000D_
 passarela de madeira que dá acesso á escultura de São Francisco, localizada na Rodovia _x000D_
 Transpantaneira, município de Poconé - MT.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_-_no__037-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_-_no__037-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Márcio Fernandes Nunes Pereira, Presidente da Câmara Municipal de Poconé, _x000D_
 buscar entendimentos a fim de determinar ao setor competente, colocação de placas _x000D_
 e/ou sinalização para vagas de estacionamento para portadores de necessidades _x000D_
 especiais, em frente á Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_no_27-2021...pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_no_27-2021...pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno, _x000D_
 ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal e Ney Rondon Marques, Secretário Municipal de Infraestrutura, no sentido de _x000D_
 buscar entendimentos e tomadas de providências necessárias para que o Poder Executivo_x000D_
 em parceria com o Governo do Estado, pecuaristas, sitiantes, viabilizem a troca da ponte _x000D_
 de madeira sobre o córrego Corcunda por ponte de concreto.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_no_028-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno, _x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no _x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção _x000D_
 com serviços de patrolamento, colocação de cascalho em pontos críticos, substituição de _x000D_
 longarina na ponte da estrada que demanda a Comunidade Rural Morrinho, município _x000D_
 de Poconé – MT.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_no_029-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno, _x000D_
 ouvido o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, no _x000D_
 sentido de buscar entendimentos e tomadas de providências, para efetuar manutenção, _x000D_
 reparos no sistema de iluminação pública das vias públicas do Distrito de Cangas, _x000D_
 município de Poconé – MT.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_no_084-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_no_084-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Deputado Estadual Paulo Araújo, no sentido de buscar _x000D_
 entendimentos e tomadas de providências para assegurar recursos financeiros junto ao _x000D_
 Governo do Estado e/ou via emenda parlamentar destinados para aquisições de_x000D_
 materiais como: _x000D_
 08 aparelhos de inalação; _x000D_
 06 termômetros; _x000D_
 04 aparelhos de pressão manual; _x000D_
 08 suportes para soro; _x000D_
 06 oxcímetros para dedo; _x000D_
 03 autoclaves para esterilização de material curativo; _x000D_
 06 medidores de glicose no sangue; _x000D_
 10 umidificadores de ar. _x000D_
 Para atender clientela do Lar dos Idosos São Vicente de Paulo de Poconé,_x000D_
 na área da saúde, visando melhorias nos atendimentos dos nossos idosos.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1586/indicacao_no_085-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1586/indicacao_no_085-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências para avaliar o sistema de iluminação pública da Praça da _x000D_
 Matriz, cidade de Poconé – MT, em razão da existência de várias lâmpadas não _x000D_
 acenderem, ficando parte da praça pública com deficiência na iluminação pública.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1587/indicacao_no_085-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1587/indicacao_no_085-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências para avaliar o sistema de iluminação pública da Praça da _x000D_
 Matriz, cidade de Poconé – MT, em razão da existência de várias lâmpadas n</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_no_086-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_no_086-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências para criar sistema de iluminação pública com a finalidade de _x000D_
 iluminar o busto do Intendente Antônio João, localizada na lateral da sede da Prefeitura_x000D_
 Municipal de Poconé, a fim de melhorar a visibilidade do busto.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_no_087-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_no_087-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
  O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, Ney _x000D_
 Rondon Marques, Secretário Municipal de Infraestrutura, buscar entendimentos e _x000D_
 tomadas de providências no sentido de determinar ao setor competente elaborar projetos _x000D_
 visando á criação de estacionamento na área ociosa localizada ao lado da sede da _x000D_
 Prefeitura Municipal, objetivando criar espaço para melhorar o estacionamento na parte _x000D_
 central da cidade de Poconé.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_no_088-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_no_088-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Deputados Estaduais Janaína Riva e Paulo Araújo, _x000D_
 Deputado Federal Neri Geller, Senadores Jayme Campos e Carlos Fávaro, no sentido de _x000D_
 buscar entendimentos e tomadas de providências para assegurar recursos financeiros _x000D_
 junto ao Governo Federal/Estadual, via emenda parlamentar ou recursos próprios _x000D_
 destinados para a Prefeitura Municipal de Poconé, para serviço de asfalto, sarjeta e meio _x000D_
 fio na Avenida Porto Alegre, cidade de Poconé - MT</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_no_089-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_no_089-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Ataíl Marques do Amaral, Prefeito Municipal, Senhor_x000D_
 Ueslen Rodrigues, Presidente do Rotary Club Poconé Portal do Pantanal, no sentido de _x000D_
 buscar entendimentos e tomadas de providências para efetuar reforma/adequação e _x000D_
 substituição do Marco Rotário, na praça pública Rotay Club, localizada na rotatória da _x000D_
 Avenida Aníbal de Toledo.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_no_090-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_no_090-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Janaína Riva, Deputada Estadual, no _x000D_
 sentido de buscar entendimentos e tomadas de providências para assegurar recursos _x000D_
 financeiros junto ao Governo do Estado, via emenda parlamentar, para construção de _x000D_
 Poço Artesiano com extensão de rede de distribuição de água, no Programa de _x000D_
 Assentamento Modelo, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_no_091-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_no_091-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Ataíl Marques do Amaral, no sentido de _x000D_
 buscar entendimentos e tomadas de providências necessárias para possibilitar a criação _x000D_
 e instalação da Base do Bombeiro Civil, na cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_no_026-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_no_026-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Mauro Mendes, Governador do _x000D_
 Estado de Mato Grosso, Janaína Riva Deputada Estadual e Atail Marques do Amaral, _x000D_
 Prefeito Municipal, tomem as providências necessárias para instalação de Parque _x000D_
 Infantil, nas praças públicas da cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_no_027-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_no_027-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Deputado Estadual Carlos _x000D_
 Avallone, Guilherme Malluf, Presidente do Tribunal de Contas do Estado de Mato _x000D_
 Grosso, buscar entendimentos no sentido de que sejam doados 10 computadores para _x000D_
 contemplar escolas da rede municipal de ensino da cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_no_028-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_no_028-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, Ney Rondon Marques, Secretário Municipal de Infraestrutura, Danielle Assis _x000D_
 Carvalho, Secretária Municipal de Meio Ambiente, Presidente da Cooper Poconé, no _x000D_
 sentido de buscar entendimentos para em parceria Prefeitura Municipal de _x000D_
 Poconé/Cooper Poconé/SEMA, para realizar serviços de retiradas de aguapé da represa _x000D_
 municipal “João Ponce de Arruda/Tanque da Rua”, localizada no bairro Areão, cidade de _x000D_
 Poconé – MT, utilizando barco/canoa.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_no_029-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_no_029-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, INDICA as Suas Excelências Atail Marques do Amaral, Prefeito _x000D_
 Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, buscar _x000D_
 entendimentos e tomadas de providências necessárias para realizar estudo orçamentário _x000D_
 e financeiro, objetivando a continuidade de gratificação extraordinária de combate ao _x000D_
 COVID-19, por serviços essenciais prestados em exposição ao Coronavírus, devido o _x000D_
 aumento de casos novamente em nosso município.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_-_no__038-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_-_no__038-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, em conjunto com os Secretários Municipais de Obras, Turismo e Diretoria de _x000D_
 Esportes, para que viabilizem estudos, parceria para a construção de uma Academia de _x000D_
 Ginástica ao Ar Livre, junto a Associação do Capão de Angico, a população daquela _x000D_
 comunidade tanto necessita a prática de exercícios e lazer.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_-_no__039-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_-_no__039-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT. _x000D_
  O Vereador que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, Indica as Suas Excelências Ataíl Marques do Amaral, Prefeito _x000D_
 Municipal, em conjunto com os Secretários Municipais de Obras, Turismo e Diretoria de _x000D_
 esporte, ouvido o plenário, para revitalizar o Mini Estádio Boa Aventura, localizado no _x000D_
 Distrito de Cangas – Poconé/MT, a população daquele distrito tanto necessita da prática _x000D_
 de exercícios e lazer.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1600/indicacao_no_030-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1600/indicacao_no_030-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e _x000D_
 tomas de providências para assegurar recursos financeiros junto ao Governo do Estado, _x000D_
 via emenda parlamentar destinados para a Prefeitura Municipal de Poconé efetuar _x000D_
 serviços de asfalto, meio fio e sarjeta na Rua Otaviano Patrício, localizada no bairro João _x000D_
 Godofredo, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_no_031-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_no_031-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Deputado Estadual Max Russi, no sentido de buscar entendimentos e _x000D_
 tomadas de providências para assegurar recursos financeiros junto ao Governo do _x000D_
 Estado, via emenda parlamentar destinados para a Prefeitura Municipal de Poconé _x000D_
 viabilizar perfuração de Poço Artesiano, instalação de Bomba e Caixa d’água na _x000D_
 Comunidade Lava Pés, município de Poconé – MT.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_no_032-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_no_032-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica as Suas Excelências o Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Senhor Ney Rondon Marques, Secretário de Infraestrutura, a _x000D_
 necessidade de viabilizar a instalação de 02 manilhas no ultimo Linhão do Assentamento _x000D_
 Campo Limpo II, município de Poconé-MT.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_no_033-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_no_033-2021..pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_no_034-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_no_034-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA a Sua Excelência Deputado Federal, Neri Geller, a necessidade de buscar _x000D_
 entendimentos e tomadas de providências junto ao Governo Federal/ Ministério da _x000D_
 Agricultura, Pecuária e Abastecimento, com objetivo de atender o município de Poconé _x000D_
 com equipamentos agrícolas e maquinários: 01 patrol, 01 pá carregadeira, 01 caminhão _x000D_
 basculante, 02 motocultivador tratorito.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_no_035-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_no_035-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, INDICA as Suas Excelências Ataíl Marques do Amaral, Prefeito Municipal, com _x000D_
 cópia ao Secretário Municipal de Infraestrutura, Senhor Ney Rondon Marques, a _x000D_
 necessidade de viabilizar a manutenção que se fazem necessária na ponte de madeira _x000D_
 localizada na região da Cabocla, entre os municípios de Poconé e Nossa Senhora do _x000D_
 Livramento.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_no_036-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_no_036-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, senhor Ney Rondon Marques, Secretário Municipal de Infraestrutura, _x000D_
 no sentido de viabilizar serviços que se fazem necessários patrolamento, colocação de _x000D_
 cascalho, nos pontos críticos das estradas que demanda as Comunidades Rurais Água _x000D_
 Vermelha e Formosa, município de Poconé-MT.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao_no_037-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao_no_037-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Vereadora que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvindo o Plenário, INDICA as Suas Excelências Senhores Ataíl Marques do _x000D_
 Amaral, Prefeito Municipal, Ornella Rosário Proença Moraes Falcão, Secretária Municipal _x000D_
 de Educação, no sentido de buscar entendimentos e tomadas de providencias para _x000D_
 efetuar reforma/adequação na quadra de esporte da Creche Municipal Terezinha de _x000D_
 Jesus, bairro Bom Pastor, cidade de Poconé - MT.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_no_001-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_no_001-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Reitera as Suas Excelências Senhor Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de _x000D_
 Saúde, proposição já apresentada e aprovada nesta Casa Legislativa, no sentido de_x000D_
 buscar entendimentos e tomadas de providencias para atender com vacinação da _x000D_
 pandemia do Novo Coronavírus – COVID 19, aos profissionais da Assistência Social.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_no_002-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_no_002-_2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a esta subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o Plenário, Indica a Sua Excelência Mauro Mendes, Governador do Estado _x000D_
 de Mato Grosso, a viabilidade de rever a decisão do Governo do Estado em demitir 61 _x000D_
 servidores da Empresa Mato-Grossense de Pesquisa, Assistência e Extensão Rural _x000D_
 (Empaer) que ingressaram por processo seletivo externo por prazo indeterminado, similar _x000D_
 a concurso público, após a Constituição de 1988.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1181/mocao_de_aplauso_-_vereador__benedito_aurelio_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1181/mocao_de_aplauso_-_vereador__benedito_aurelio_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Congratulações e Aplausos a Diretoria do Lar São Vicente de Paula, extensiva aos colaboradores Vicentinos, Empresários, Pessoas sensíveis à situação dos idosos pela construção e inauguração da Nova Sede Aconchegante do Lar São Vicente de Paula, no bairro Cruz Preta, na cidade de Poconé – MT, no dia 08 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1196/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1196/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção de Aplausos ao Senhor Hugo Oliveira Ortiz, profissional de Educação Física – Personal Trainer pelo serviço de qualidade que oferece a comunidade e geração de emprego na academia Informa, localizada na cidade de Poconé – MT.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1197/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1197/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos aos Senhores Charles Bronsson Bulhões, CPF: 023.326.491-40, Diego Marciano dos Santos, CPF: 006.032.021-16, Felipe Fernandes Souza Neves, CPF: 019.960.051-11, Higor Mateus Silva Bastos, CPF – 703.660.161-21, Leandro de Oliveira Mariano, CPF: 017.792.871-94, Antonio Aristeu da Silva, CPF 514.179.791.00, Lúcio Santana Ferreira, CPF: 362.445.201-06, Étory Sales Mesquita da Conceição, CPF: 046.577.821-69, Thiago Tadeu de Arruda Ferreira, CPF: 024.831.021-66,  que atuam na Comissão de Fiscalização no âmbito do Município, levando orientações para conter o avanço do novo coronavírus Covid-19 em Poconé – MT.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1199/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1199/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_001.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Vicente Falcão de Arruda, pelo o seu falecimento ocorrido no dia 11 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1200/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_002.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1200/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_002.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Odenil de Arruda Ramos, pelo o seu falecimento ocorrido no dia 14 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1201/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_003.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1201/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_003.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Áurea Costa Gomes, pelo o seu falecimento ocorrido no dia 15 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1202/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_004.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1202/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_004.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Manoel Concisão de Almeida, pelo o seu falecimento ocorrido no dia 18 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1203/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_005.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1203/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_005.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares do Senhor Clayton Lúcio de Arruda, pelo o seu falecimento ocorrido no dia 04 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1204/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_006.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1204/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_006.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores que a compõem legítimo representante do povo poconeano apresenta condolências aos familiares da Senhora Cleuza Conceição de Arruda Marques, pelo o seu falecimento ocorrido no dia 06 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1515/mocao_de_aplausos_no_002-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1515/mocao_de_aplausos_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos _x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção _x000D_
 de Aplausos a todos os funcionários da Secretaria Municipal de Agricultura, que diante _x000D_
 desse período de pandemia mesmo assim continuam firmes e fortes levando alimento de _x000D_
 qualidade para a mesa da população.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1516/mocao_de_aplausos_no_003-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1516/mocao_de_aplausos_no_003-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT. _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos _x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção _x000D_
 de Aplausos aos funcionários da Polícia Penal de Poconé que desenvolveu em 2020 um _x000D_
 belíssimo trabalho na prevenção da queimada no Pantanal e já estão se preparando para _x000D_
 este ano de 2021.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1517/mocao_de_aplausos_no_004-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1517/mocao_de_aplausos_no_004-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Conselho de Segurança Pública de Poconé, uma instituição séria e_x000D_
 compromissada com a população a atuar na segurança pública, como órgão_x000D_
 auxiliar/mediador do judiciário no município.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1518/mocao_de_aplausos_no_005-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1518/mocao_de_aplausos_no_005-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos aos Senhores Antônio Marcos Costa Miranda, Fábio Augusto da Silva,_x000D_
 Antonio Carlos do Nascimento e José Francisco Tomaselli Filho, pelas contribuições_x000D_
 prestadas no desenvolvimento de Poconé, gerando inúmeros empregos e renda ao_x000D_
 município, sempre imbuídos de um espírito empreendedor os que qualificam como_x000D_
 autênticos merecedores desta justa e singela homenagem.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1519/mocao_de_aplausos_no_006-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1519/mocao_de_aplausos_no_006-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor José Lucas da Silva de Paulo, compositor mais jovem Registrado_x000D_
 na biblioteca Nacional do Rio de Janeiro.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1520/mocao_de_aplausos_no_007-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1520/mocao_de_aplausos_no_007-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Oscar Augusto Teodoro de Paula, Servidor Público há 29 anos,_x000D_
 motorista da ambulância, hoje aposentado mais continua contribuindo a salvar vidas em_x000D_
 nosso município, contratado pela UPA de Poconé, pelos relevantes serviços prestados a_x000D_
 comunidade, principalmente neste momento de enfrentamento e combate a pandemia_x000D_
 Covid-19.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_de_aplausos_no_008-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_de_aplausos_no_008-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Thiago Soares Reis, 2º Tenente do Corpo de Bombeiros, 1º Pelotão_x000D_
 Independente Bombeiro Militar, Poconé – MT, pelo belíssimo trabalho que vem_x000D_
 desenvolvendo no município de Poconé, com objetivo de reconhecê-lo que diariamente_x000D_
 atuam no salvamento de vidas, em especial a atuação no ano de 2020, com as_x000D_
 queimadas do Pantanal.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_aplausos_no_009-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_aplausos_no_009-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Jovem Pedro Henrique da Silva Costa, em reconhecimento a dedicação,_x000D_
 esforço desprendido, perseverança e o resultado alcançado como jogador da Base da_x000D_
 Associação Atlética Ponte Preta - SP, há 04 anos, sendo promovido a categoria Sub-20 da_x000D_
 Ponte Preta, em fevereiro, estando na reta final da preparação com a Macaca para a_x000D_
 disputa do Paulistão na categoria, pelo desempenho esportivo como jogador e por levar o_x000D_
 nome da cidade de Poconé a nível nacional, merece o reconhecimento desta Casa_x000D_
 Legislativa.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_aplausos_no_010-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_aplausos_no_010-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Gilmar de Souza Lira, popularmente conhecido por irmão Lira,_x000D_
 em reconhecimento aos relevantes serviços e projetos de cunho social que vem realizando_x000D_
 no município de Poconé, com distribuição de alimentos as famílias de baixo poder_x000D_
 aquisitivo.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1524/mocao_de_aplausos_no_011-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1524/mocao_de_aplausos_no_011-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Wilson Galdino da Silva, Empresário do município que vem se_x000D_
 destacando e modificando os métodos de trabalhos, tanto na área elétrica como na área_x000D_
 de ar condicionado.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1525/mocao_de_aplausos_no_012-2021_-_copia.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1525/mocao_de_aplausos_no_012-2021_-_copia.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Roberto Efifânio Rodrigues, Presidente da Central da Associação,_x000D_
 Agricultura Familiar e Economia Solidária de Poconé – CAAFESP, pelos bons trabalhos e_x000D_
 ações desenvolvidas frente à CAAFESP, contribuindo de forma positiva para o_x000D_
 desenvolvimento da Agricultura Familiar no município.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1526/mocao_de_aplausos_no_013-2021_-_.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1526/mocao_de_aplausos_no_013-2021_-_.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos a Secretária Municipal de Ação Social, Emprego e Renda, Senhora Joelma_x000D_
 Gomes da Silva e equipe de profissionais, a Senhora Joaise das Dores Almeida Lobo,_x000D_
 Presidente da Equoterapia Santa Clara, e a toda equipe de voluntários, ao proprietário do_x000D_
 espaço o Senhor Fábio Oliveira.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1549/mocao_de_aplausos_no_001-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1549/mocao_de_aplausos_no_001-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº Srº. Presidente da Câmara Municipal de Poconé - MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção_x000D_
 de Aplauso ao Jovem empreendedor, Benedito Manoel da Silva Júnior, (Bendev Júnior),_x000D_
 por ser sócio proprietário do site de informações Mato Grosso Total e ser considerado_x000D_
 pelas mídias especializadas do Brasil como maior Programador Digital na área de_x000D_
 Tecnologia no Estado de Mato Grosso, com reconhecimento em todo território Nacional.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1576/mocao_de_aplauso_no_01-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1576/mocao_de_aplauso_no_01-2021..pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta Moção_x000D_
 de Aplausos ao Senhor Hugo Oliveira Ortiz, profissional de Educação Física – Personal_x000D_
 Trainer pelo serviço de qualidade que oferece a comunidade e geração de emprego na_x000D_
 academia Informa, localizada na cidade de Poconé – MT._x000D_
 _x000D_
 Hugo Oliveira Ortiz</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1577/mocao_de_aplauso_no_02-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1577/mocao_de_aplauso_no_02-2021..pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos Vereadores_x000D_
 que a compõem legítimo representante do povo poconeano apresenta, Moção de Aplausos aos_x000D_
 Senhores Charles Bronsson Bulhões, CPF: 023.326.491-40, Diego Marciano dos Santos, CPF:_x000D_
 006.032.021-16, Felipe Fernandes Souza Neves, CPF: 019.960.051-11, Higor Mateus Silva_x000D_
 Bastos, CPF – 703.660.161-21, Leandro de Oliveira Mariano, CPF: 017.792.871-94, Antonio_x000D_
 Aristeu da Silva, CPF 514.179.791.00, Lúcio Santana Ferreira, CPF: 362.445.201-06, Étory Sales_x000D_
 Mesquita da Conceição, CPF: 046.577.821-69, Thiago Tadeu de Arruda Ferreira, CPF:_x000D_
 024.831.021-66, que atuam na Comissão de Fiscalização no âmbito do Município, levando_x000D_
 orientações para conter o avanço do novo coronavírus Covid-19 em Poconé – MT.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1578/mocao_de_aplauso_no_03-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1578/mocao_de_aplauso_no_03-2021..pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção_x000D_
 de Aplausos aos Senhores Manoel Salvador Pereira Leite, Secretário Municipal de_x000D_
 Turismo, José Joadir do Amaral Júnior, Secretário Municipal de Desenvolvimento_x000D_
 Urbano e Econômico, Danielle Assis Carvalho, Secretária Municipal de Meio Ambiente,_x000D_
 Nádia Fernandes Martins de Oliveira, Médica, Ana Paula de Souza e Maria Rodrigues de_x000D_
 Paula, Técnicas em Enfermagem, Jessica Nayanne de Arruda Souza, Enfermeira, Brayon_x000D_
 José Rondon Maciel, Prestador de Serviços, Benedito Edmar Oliveira Sales, Assessor_x000D_
 Técnico de Imprensa (repórter), João Edemir de Arruda Pereira, Assessor Jurídico,_x000D_
 cidadãos que direta ou indiretamente estão contribuindo para o combate a Pandemia do_x000D_
 Coronavírus – Covid 19, no município de Poconé.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1579/mocao_de_aplauso_no_04-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1579/mocao_de_aplauso_no_04-2021..pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta, Moção_x000D_
 de Aplauso ao Senhor Mauricio Maciel Pereira, Delegado de Policia Civil, no município de_x000D_
 Poconé – MT, pelos exemplares serviços prestados a segurança pública de Poconé – MT.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>MPS</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1527/mocao_de_pesar_benedito_aurelio_001-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1527/mocao_de_pesar_benedito_aurelio_001-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares de Cleivyton Manoel Marques de Arruda e Silva, pelo o seu_x000D_
 falecimento ocorrido no dia 21 de março de 2021.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1528/mocao_de_pesar_benedito_aurelio_002-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1528/mocao_de_pesar_benedito_aurelio_002-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares do Senhor Paulo Roberto da Silva, pelo o seu falecimento_x000D_
 ocorrido no dia 23 de maio de 2021.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1529/mocao_de_pesar_benedito_aurelio_003-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1529/mocao_de_pesar_benedito_aurelio_003-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares da Senhora Rosangela das Neves e Silva, pelo o seu_x000D_
 falecimento ocorrido no dia 06 de junho de 2021.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1530/mocao_de_pesar_benedito_aurelio_004-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1530/mocao_de_pesar_benedito_aurelio_004-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares do Senhor Renato Alves Ribeiro, pelo o seu falecimento_x000D_
 ocorrido no dia 07 de junho de 2021.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1531/mocao_de_pesar_benedito_aurelio_005-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1531/mocao_de_pesar_benedito_aurelio_005-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares de Jhonathan Diego Silva Dutra, pelo o seu falecimento_x000D_
 ocorrido no dia 14 de julho de 2021.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1532/mocao_de_pesar_benedito_aurelio_006-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1532/mocao_de_pesar_benedito_aurelio_006-2021.pdf</t>
   </si>
   <si>
     <t>Exm. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 A Câmara Municipal de Poconé, Estado de Mato Grosso, através dos_x000D_
 Vereadores que a compõem legítimo representante do povo poconeano apresenta_x000D_
 condolências aos familiares da Senhora Maisa Rosalina de Moraes, pelo o seu falecimento_x000D_
 ocorrido no dia 08 de outubro de 2021.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETOS DE LEIS</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_-_001.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_-_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA_x000D_
 PÚBLICA: “AVENIDA LEOTILDA GERMANA_x000D_
 SILVA MARTINS”, NO DISTRITO DE CANGAS,_x000D_
 MUNICÍPIO DE POCONÉ – MT._x000D_
  O Presidente da Câmara Municipal de Poconé, faz saber que a_x000D_
 Câmara Municipal aprovou seguinte Lei:_x000D_
  Art. 1º Fica denominado oficialmente Avenida Leotilda_x000D_
 Germana Silva Martins, em toda sua extensão, a via pública Paralela I a MT 060_x000D_
 Rodovia Estadual José Monteiro Figueiredo, margem esquerda, Distrito de Cangas,_x000D_
 município de Poconé – MT, sentido Distrito de Cuiabá._x000D_
 _x000D_
  Art. 2º O Poder Executivo fixará placas indicando a_x000D_
 nomenclatura oficial em locais de boa visibilidade para o conhecimento da população._x000D_
  Art. 3º As despesas decorrente da execução da presente lei,_x000D_
 correrão por conta de dotações orçamentárias próprias, suplementadas se_x000D_
 necessários._x000D_
 _x000D_
  Art 4º Esta Lei entra em vigor na data de sua publicação:</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_001-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_001-2021.pdf</t>
   </si>
   <si>
     <t>OFICIALIZA A DENOMINAÇÃO DA VIA PÚBLICA,_x000D_
 LOCALIZADA NO BAIRRO JOÃO GODOFREDO,_x000D_
 CIDADE DE POCONÉ-MT._x000D_
 O Prefeito Municipal de Poconé faz saber que a Câmara_x000D_
 Municipal aprovou e ele sancionou a seguinte Lei:_x000D_
 Art. 1º Fica oficializada a denominação da Via Pública,_x000D_
 localizada no loteamento perímetro urbano de propriedade do Senhor Antônio José de_x000D_
 Sales, localizado no bairro João Godofredo, cidade de Poconé – MT, de: Rua Samuel_x000D_
 Satiro de Sales._x000D_
 Art. 2º A denominação dessa Via Pública, não oficial, como Rua_x000D_
 Samuel Satiro de Sales, já consta no arruamento do Loteamento conforme croqui anexo,_x000D_
 com aval dos residentes._x000D_
  Art. 3º O Poder Executivo em parceria com os residentes fixará_x000D_
 placa indicando a nomenclatura oficial da Vila, no local de boa visibilidade para o_x000D_
 conhecimento da população._x000D_
 Art. 4º Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1550/projeto_de_lei_no_001-2021_-_vereador_dudu_-_2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1550/projeto_de_lei_no_001-2021_-_vereador_dudu_-_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOMENCLATURA OFICIAL_x000D_
 DE “ANTÔNIO HERMES DE ALMEIDA”, A_x000D_
 ESTRADA RURAL, COM EXTENSÃO DE_x000D_
 APROXIMADAMENTE 35 KM, NO_x000D_
 MUNICÍPIO DE POCONÉ-MT._x000D_
 O Presidente da Câmara Municipal de Poconé, Estado de Mato_x000D_
 Grosso, faz saber que a Câmara Municipal aprovou a seguinte Lei:_x000D_
 Art. 1º Fica a Estrada Rural que liga a Estrada Parque Zélito_x000D_
 Dorileo/Transpantaneira, Pixaim, com inicio na Fazenda São José da Beira a Fazenda_x000D_
 São Benedito do Sararé, região Cerradão, com extensão de aproximadamente 35 km,_x000D_
 declarada Estrada Municipal de Uso Público e com nomenclatura oficial de “Antônio_x000D_
 Hermes de Almeida”, município de Poconé –MT._x000D_
 Art. 2º O Poder Executivo fixará placa indicando a nomenclatura_x000D_
 oficial no local de boa visibilidade para o conhecimento da população._x000D_
 Art. 3º As despesas decorrentes da execução da presente Lei,_x000D_
 correrão por conta de dotações orçamentárias próprias, suplementados se necessários._x000D_
 Art. 4º Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>REQC</t>
   </si>
   <si>
     <t>REQUERIMENTOS COMUNS</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1493/requerimento_no_001-2021..pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1493/requerimento_no_001-2021..pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
  _x000D_
 Vereadores que a este subscreve, nos termos do Regimento Interno da _x000D_
 Casa, ouvido o plenário, REQUEREM as suas excelências Ataíl Marques do Amaral, _x000D_
 Prefeito Municipal, Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde,_x000D_
 buscar entendimentos e tomadas de medidas necessárias para a flexibilização das _x000D_
 medidas de restrições ao funcionamento de comércios lanchonetes, bares, restaurantes e _x000D_
 similares no Município de Poconé pelo menos até as 00h30min de segunda a domingo.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_001-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_001-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER a Mesa Diretora seja oficializada a Sua Excelência_x000D_
 Senhora Joelma Gomes da Silva, Secretária Municipal de Ação Social, Emprego e Renda_x000D_
 no sentido de informar a Câmara Municipal, se a previsão para entrega de casas as_x000D_
 famílias inscritas e relacionadas para serem beneficiadas com moradias nos Residenciais_x000D_
 “Guatós II”, cidade de Poconé-MT.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1535/requerimento_no_002-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1535/requerimento_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER a Mesa Diretora seja oficializada a Sua Excelência_x000D_
 Senhora Ilma Regina Figueiredo Arruda, Secretária Municipal de Saúde, no sentido de_x000D_
 enviar a Câmara Municipal, relatório relacionados aos recursos enviados pelo Governo_x000D_
 Federal ao município de Poconé, destinados para contemplar ações referentes à_x000D_
 Pandemia, Novo Coronavírus – Covid – 19, constando onde foram aplicados.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_003-2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_003-2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Sr. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER a Mesa Diretora seja oficializada a Sua Excelência_x000D_
 Senhor Ataíl Marques do Amaral, Prefeito Municipal, no sentido de determinar ao setor_x000D_
 competente enviar a Câmara Municipal, informações relacionados ao parcelamento da_x000D_
 divida da Prefeitura Municipal de Poconé junto ao INSS sobre os questionamentos abaixo_x000D_
 relacionados:_x000D_
 1º - Valor de dívida consolidada;_x000D_
 2º - Valor de cada parcela;_x000D_
 3º - Gestão (es) começou a não efetuar o pagamento do INSS de que trata_x000D_
 o pedido de parcelamento:</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_-no_001-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_-no_001-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvidos o Plenário, REQUER as Suas Excelências, Mauro Mendes, Governador do_x000D_
 Estado de Mato Grosso, Marcelo de Oliveira e Silva, Secretário de Estado de_x000D_
 Infraestrutura e Logística, Ataíl Marques do Amaral, Prefeito Municipal, Ney Rondon_x000D_
 Marques, Secretário Municipal de Infraestrutura, Danielle Assis Carvalho, Secretária_x000D_
 Municipal de Meio Ambiente, CEL BM Cesar Claudiomiro Viana de Brum, Secretário_x000D_
 Adjunto de Proteção e Defesa Civil.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_-no_002-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_-no_002-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvidos o Plenário, REQUER A Senhora Ilma Regina Figueiredo, Secretária_x000D_
 Municipal de Saúde de Poconé;_x000D_
 Considerando que a mais de 30 dias o Sindicato dos Bancários e o_x000D_
 Comando Nacional dos Bancários, iniciaram as discussões junto ao Ministro da Saúde,_x000D_
 Marcelo Queiroga, solicitando que os bancários sejam incluídos como grupo prioritário_x000D_
 na vacinação contra a Covid-19;_x000D_
 O Poder Legislativo Requer:_x000D_
 Da Secretária Municipal de Saúde de Poconé;_x000D_
 Se há possibilidades de inclusão desses profissionais para receberem a_x000D_
 vacina contra o Covid-19?</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_-no_003-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_-no_003-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvidos o Plenário, REQUER a Senhora Ilma Regina Figueiredo, Secretária_x000D_
 Municipal de Saúde de Poconé;_x000D_
 Considerando que Pacientes esperam meses na fila para fazer exames de_x000D_
 ressonância magnética ou tomografia computadorizada, que é de responsabilidade do_x000D_
 Governo do Estado;</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_-no_004-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_-no_004-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Lucas Gouvêa, Procurador Jurídico e Fiscal do município, Senhora Patrícia_x000D_
 Arruda Bastos, Gerente da Empresa Águas de Poconé, tendo em vista reportagens em_x000D_
 sites de Poconé sobre Águas de Poconé assumir a distribuição nos Distritos de Cangas e_x000D_
 Chumbo, faz-se necessário esclarecer a esta casa de leis:</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_-no_005-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_-no_005-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER, as Senhoras Ornella Rosário Proença Moraes Falcão,_x000D_
 Secretária Municipal de Educação, Eliane Maria de Arruda Souza, Diretora Municipal de_x000D_
 Educação, ao Conselho Municipal de Educação, para que os requeridos, respondam no_x000D_
 prazo regimental por escrito, e que venha em Plenário esclarecer:</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_-no_006-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_-no_006-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER, a Sua Excelência Danielle Assis Carvalho, Secretária_x000D_
 Municipal de Meio Ambiente, ao Senhor Thiago Soares Reis, 2º Tenente do Corpo de_x000D_
 Bombeiros, 1º Pelotão Independente Bombeiro Militar, cidade de Poconé – MT</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_-no_007-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_-no_007-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 _x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER, as Suas Excelências Ataíl Marques do Amaral, Prefeito_x000D_
 Municipal, Dr. Mário Anthero Silveira de Souza, Promotor de Justiça de Poconé – MT,_x000D_
 buscar entendimentos para expansão no horário de funcionamento de atividades das_x000D_
 lanchonetes, bares, restaurantes e similares em Poconé de pelo menos até as 22h00min,_x000D_
 de segunda–feira á domingo.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_-no_008-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_-no_008-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER, a Sua Excelência Márcio Fernandes Nunes Pereira,_x000D_
 Presidente da Câmara de Vereadores, tomadas de providências para que na medida do_x000D_
 possível libere a presença de público (munícipes) no percentual de 50% (cinqüenta) por_x000D_
 cento de lotação, com a exigência que os participantes estejam vacinados com a primeira_x000D_
 e segunda dose da vacina imunizante contra a pandemia Novo Coronavírus – COVID –_x000D_
 19, com distanciamento de 01 (uma) cadeira entre os participantes.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1559/requerimento_-no_009-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1559/requerimento_-no_009-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 Considerando que o veículo da Câmara Municipal não tem legislação_x000D_
 específica através de Projeto de Resolução deliberando sobre seu uso;_x000D_
 Considerando que a Mesa Diretora, não participa das deliberações sobre o_x000D_
 uso do Veiculo oficial da Câmara ficando este a disposição do presidente;_x000D_
 Considerando que o Veiculo não foi autorizado a ser usado pelos membros_x000D_
 das Comissões permanentes;_x000D_
 Considerando que o Veiculo não foi autorizado seu uso para vereador eleito_x000D_
 para representar o Poder Legislativo em Comissão Municipal;_x000D_
 Considerando que é legal o uso do veículo por membros das comissões, por_x000D_
 vereadores em Missão ou interesse da coletividade parlamentar;_x000D_
 Considerando que o trabalho burocrático e de protocolo, de entrega de_x000D_
 correspondência pode ser feito pelo office boy usufruindo da Motocicleta adquirida no_x000D_
 ano passado;_x000D_
 Considerando que a Secretaria Municipal de Meio Ambiente necessita de_x000D_
 um veiculo para apoio as queimadas durante o período</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1560/requerimento_-no_010-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1560/requerimento_-no_010-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da Casa,_x000D_
 ouvido o Plenário, REQUER, a Fundação de Apoio à Vida nos Trópicos, Ecotrópica, com cópia ao_x000D_
 Ministério Público do Estado de Mato Grosso, Promotoria Poconé, Secretaria de Meio Ambiente_x000D_
 Estadual e Municipal, Instituto Brasileiro do Meio Ambiente e dos Recursos Naturais Renováveis,_x000D_
 IBAMA, Conselho Municipal de Meio Ambiente, CONDEMA, È o Bicho – Associação de_x000D_
 Protetores,Voluntários, Defensores e Simpatizantes da causa animal de Cuiabá-MT e região,_x000D_
 Grupo de Resgate de Animais em Desastres, Ampara Silvestre, braço direito da ONG Ampara_x000D_
 Animal, Chalana Esperança Espaço Silvestre, Brigada Pantanal Norte, para que os_x000D_
 representantes das equipes prestem esclarecimentos a Câmara Municipal de Poconé e a_x000D_
 Secretaria Municipal de Meio Ambiente, faz-se necessário esclarecer a esta casa de leis:</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1561/requerimento_-no_011-__2021.pdf</t>
+    <t>http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1561/requerimento_-no_011-__2021.pdf</t>
   </si>
   <si>
     <t>Exmº. Srº. Presidente da Câmara Municipal de Poconé-MT._x000D_
 O Vereador que a este subscreve, nos termos do Regimento Interno da_x000D_
 Casa, ouvido o Plenário, REQUER, as Suas Excelências Mauren Lazzaretti, Secretária de_x000D_
 Estado de Meio Ambiente, Responda via documento e a Secretária Municipal de Meio_x000D_
 Ambiente, Danielle Assis Carvalho, que se faça presente em Plenário.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -8550,67 +8550,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_-_vereador_fabio_-_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_ver._dudu_carrapato_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_marcio_fernandes_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_-_ver._amarildo_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_-_ver._benedito_aurelio_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_-_vereadora_fatima_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_-_vereador_sergio_maracana_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_-vereadora_jocilma_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_vereadora_jossielma_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_-_ver._amarildo_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_-_ver._benedito_aurelio_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_ver._dudu_carrapato_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_-_vereadora_fatima_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_marcio_fernandes_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_-_vereador_sergio_maracana_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_-vereadora_jocilma_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_-_ver._amarildo_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_-_ver._benedito_aurelio_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_ver._dudu_carrapato_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_-_vereadora_fatima_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_marcio_fernandes_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_-_vereador_sergio_maracana_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_-vereadora_jocilma_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_-_ver._benedito_aurelio_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_ver._dudu_carrapato_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_-_vereadora_fatima_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_-_vereadora_fatima_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_-_vereadora_fatima_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_-_vereadora_fatima_2021_-_007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_-_vereadora_fatima_2021_-_008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_-_vereadora_fatima_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_marcio_fernandes_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_marcio_fernandes_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_marcio_fernandes_-_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_marcio_fernandes_-_2021_-_007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_-_vereador_sergio_maracana_-_2021_004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_-vereadora_jocilma_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_-vereadora_jocilma_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_-_vereadora_fatima_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_marcio_fernandes_-_2021_-_008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_marcio_fernandes_-_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_marcio_fernandes_-_2021_-_010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_marcio_fernandes_-_2021_-_011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_marcio_fernandes_-_2021_-_012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_marcio_fernandes_-_2021_-_013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_marcio_fernandes_-_2021_-_014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_marcio_fernandes_-_2021_-_015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_marcio_fernandes_-_2021_-_016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_marcio_fernandes_-_2021_-_017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_marcio_fernandes_-_2021_-_018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_marcio_fernandes_-_2021_-_019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_no_04-2021...pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_no_007-2021..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_no_008-2021..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_-_fabio_de_oliveira_-_002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_-_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_-_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_-_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_-_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1254/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1256/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1257/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1258/indicacao_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1260/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1276/indicacao_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1285/indicacao_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1286/indicacao_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1287/indicacao_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1297/indicacao_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1298/indicacao_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1299/indicacao_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1300/indicacao_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1301/indicacao_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1302/indicacao_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1303/indicacao_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1304/indicacao_no_005-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao_no_006-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao_no_007-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao_no_008-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao_no_009-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao_no_010-_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao_no_011-_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao_no_012-_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao_no_013-_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao_-_no__003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao_-_no__004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao_-_no__005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao_-_no__006.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao_-_no__007-2021..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_-_no__008-2021..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_-_no__009-2021..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_-_no__010-2021..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_-_no__011-2021..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao_-_no__012-2021..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao_-_no__013-2021..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao_-_no__014-2021..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao_-_no__015-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao_-_no__016-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao_-_no__017-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao_-_no__018-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao_-_no__020-2021...pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_-_no__021-2021...pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_no_012-2021..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1335/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1337/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1338/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_no_023-2021..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_no_024-2021..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_no_025-2021..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_no_026-2021..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_no_027-2021..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_no_028-2021..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_no_029-2021..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_no_001-_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_no_002-_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_no_06-2021..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1354/indicacao_no_07-2021..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1355/indicacao_no_08-2021..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_no_09-2021..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_no_023-2021..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_no_024-2021..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_no_025-2021..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_no_002-21.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_no_003-21.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_no_004-21.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1376/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_no_007-2021..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_no_008-21.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_-_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_-_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_-_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_-_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao_-_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_-_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_-_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_-_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_-_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_-_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_-_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_-_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_-_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_-_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_-_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1396/indicacao_-_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_no_008-2021..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_no_012-2021..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_no_001-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_no_002-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_no_003-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_-_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1419/indicacao_-_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_-_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_-_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao_-_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao_-_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao_-_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_-_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_-_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_-_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao_-_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_-_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_-_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_-_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_-_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_-_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_-_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_-_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_-_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_-_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_-_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_-_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_-_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_-_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_-_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_-_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_-_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_-_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_-_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_-_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_-_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_-_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_-_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_-_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_-_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_-_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_-_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_-_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_-_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_-_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_-_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_-_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_-_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_-_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao_-_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao_-_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_-_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_-_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_-_no_092-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_-_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_-_no_094-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_-_no_095-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_-_no_096-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_-_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_-_no_098-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_-_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_-_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1475/indicacao_-_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1476/indicacao_-_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao_-_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao_-_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao_-_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao_-_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_-_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao_-_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_-_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_-_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_-_no_111-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_-_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_-_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_-_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1513/indicacao_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_no_014-_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_no_015-_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_no_016-_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_no_017-_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1541/indicacao_no_018-_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_no_019-_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1543/indicacao_no_020-_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1545/indicacao_no_022-_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_no_023-_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_no_024-_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1548/indicacao_no_025-_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_-_no__022-2021...pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao_-_no__023-2021...pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao_-_no__024-2021...pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_-_no__025-2021...pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_-_no__026-2021...pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_-_no__027-2021...pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_-_no__028-2021...pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_-_no__029-2021...pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_-_no__030-2021...pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_-_no__031-2021...pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_-_no__032-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1573/indicacao_-_no__033-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_-_no__034.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1575/indicacao_-_no__035.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_-_no__036-2021..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_-_no__037-2021..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_no_27-2021...pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1586/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1587/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_no_026-_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_no_027-_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_no_028-_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_no_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_-_no__038-2021..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_-_no__039-2021..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1600/indicacao_no_030-2021..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_no_031-2021..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_no_032-2021..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_no_033-2021..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_no_034-2021..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_no_035-2021..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_no_036-2021..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao_no_037-2021..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_no_001-_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_no_002-_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1181/mocao_de_aplauso_-_vereador__benedito_aurelio_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1196/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1197/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1199/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1200/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1201/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1202/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1203/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1204/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1515/mocao_de_aplausos_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1516/mocao_de_aplausos_no_003-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1517/mocao_de_aplausos_no_004-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1518/mocao_de_aplausos_no_005-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1519/mocao_de_aplausos_no_006-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1520/mocao_de_aplausos_no_007-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_de_aplausos_no_008-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_aplausos_no_009-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_aplausos_no_010-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1524/mocao_de_aplausos_no_011-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1525/mocao_de_aplausos_no_012-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1526/mocao_de_aplausos_no_013-2021_-_.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1549/mocao_de_aplausos_no_001-__2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1576/mocao_de_aplauso_no_01-2021..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1577/mocao_de_aplauso_no_02-2021..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1578/mocao_de_aplauso_no_03-2021..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1579/mocao_de_aplauso_no_04-2021..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1527/mocao_de_pesar_benedito_aurelio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1528/mocao_de_pesar_benedito_aurelio_002-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1529/mocao_de_pesar_benedito_aurelio_003-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1530/mocao_de_pesar_benedito_aurelio_004-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1531/mocao_de_pesar_benedito_aurelio_005-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1532/mocao_de_pesar_benedito_aurelio_006-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_-_001.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1550/projeto_de_lei_no_001-2021_-_vereador_dudu_-_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1493/requerimento_no_001-2021..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1535/requerimento_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_-no_001-__2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_-no_002-__2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_-no_003-__2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_-no_004-__2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_-no_005-__2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_-no_006-__2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_-no_007-__2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_-no_008-__2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1559/requerimento_-no_009-__2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1560/requerimento_-no_010-__2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1561/requerimento_-no_011-__2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_-_vereador_fabio_-_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_ver._dudu_carrapato_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_marcio_fernandes_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_-_ver._amarildo_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_-_ver._benedito_aurelio_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_-_vereadora_fatima_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_-_vereador_sergio_maracana_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_-vereadora_jocilma_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_vereadora_jossielma_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_-_ver._amarildo_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_-_ver._benedito_aurelio_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_ver._dudu_carrapato_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_-_vereadora_fatima_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_marcio_fernandes_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_-_vereador_sergio_maracana_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_-vereadora_jocilma_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_-_ver._amarildo_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_-_ver._benedito_aurelio_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_ver._dudu_carrapato_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_-_vereadora_fatima_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_marcio_fernandes_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_-_vereador_sergio_maracana_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_-vereadora_jocilma_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_-_ver._benedito_aurelio_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_ver._dudu_carrapato_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_-_vereadora_fatima_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_-_vereadora_fatima_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_-_vereadora_fatima_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_-_vereadora_fatima_2021_-_007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_-_vereadora_fatima_2021_-_008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_-_vereadora_fatima_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_marcio_fernandes_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_marcio_fernandes_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_marcio_fernandes_-_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_marcio_fernandes_-_2021_-_007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_-_vereador_sergio_maracana_-_2021_004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_-vereadora_jocilma_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_-vereadora_jocilma_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_-_vereadora_fatima_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_marcio_fernandes_-_2021_-_008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_marcio_fernandes_-_2021_-_009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_marcio_fernandes_-_2021_-_010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_marcio_fernandes_-_2021_-_011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_marcio_fernandes_-_2021_-_012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_marcio_fernandes_-_2021_-_013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_marcio_fernandes_-_2021_-_014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_marcio_fernandes_-_2021_-_015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_marcio_fernandes_-_2021_-_016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_marcio_fernandes_-_2021_-_017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_marcio_fernandes_-_2021_-_018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_marcio_fernandes_-_2021_-_019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_no_04-2021...pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_no_007-2021..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_no_008-2021..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_-_fabio_de_oliveira_-_002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_-_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_-_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_-_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_-_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1254/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1256/indicacao_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1257/indicacao_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1258/indicacao_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1260/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1276/indicacao_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1285/indicacao_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1286/indicacao_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1287/indicacao_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1297/indicacao_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1298/indicacao_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1299/indicacao_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1300/indicacao_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1301/indicacao_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1302/indicacao_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1303/indicacao_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1304/indicacao_no_005-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao_no_006-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao_no_007-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao_no_008-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao_no_009-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao_no_010-_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao_no_011-_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao_no_012-_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao_no_013-_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao_-_no__003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao_-_no__004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao_-_no__005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao_-_no__006.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao_-_no__007-2021..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_-_no__008-2021..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_-_no__009-2021..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_-_no__010-2021..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_-_no__011-2021..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao_-_no__012-2021..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao_-_no__013-2021..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao_-_no__014-2021..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao_-_no__015-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao_-_no__016-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao_-_no__017-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao_-_no__018-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao_-_no__020-2021...pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_-_no__021-2021...pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_no_012-2021..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1335/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1337/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1338/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1339/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1343/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1344/indicacao_no_023-2021..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1345/indicacao_no_024-2021..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1346/indicacao_no_025-2021..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1347/indicacao_no_026-2021..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1348/indicacao_no_027-2021..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1349/indicacao_no_028-2021..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_no_029-2021..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1351/indicacao_no_001-_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1352/indicacao_no_002-_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1353/indicacao_no_06-2021..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1354/indicacao_no_07-2021..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1355/indicacao_no_08-2021..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_no_09-2021..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_no_023-2021..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_no_024-2021..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao_no_025-2021..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_no_002-21.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_no_003-21.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_no_004-21.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1376/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_no_007-2021..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_no_008-21.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_-_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_-_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_-_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao_-_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao_-_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_-_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_-_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_-_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_-_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_-_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_-_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_-_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_-_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_-_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_-_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1396/indicacao_-_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_no_005-2021..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_no_006-2021..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_no_008-2021..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_no_009-2021..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_no_010-2021..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_no_011-2021..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_no_012-2021..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_no_013-2021..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_no_014-2021..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_no_015-2021..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_no_016-2021..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_no_017-2021..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_no_018-2021..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_no_019-2021..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_no_020-2021..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_no_021-2021..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_no_022-2021..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_no_001-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_no_002-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_no_003-_-_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_-_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1419/indicacao_-_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao_-_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_-_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao_-_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao_-_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao_-_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_-_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_-_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_-_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao_-_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao_-_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_-_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1431/indicacao_-_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_-_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_-_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_-_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_-_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_-_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1437/indicacao_-_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1438/indicacao_-_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao_-_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_-_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_-_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_-_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao_-_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_-_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_-_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_-_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_-_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_-_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_-_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_-_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao_-_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao_-_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao_-_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao_-_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_-_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_-_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_-_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_-_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_-_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_-_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_-_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao_-_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao_-_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_-_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao_-_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_-_no_092-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao_-_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao_-_no_094-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_-_no_095-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1470/indicacao_-_no_096-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_-_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_-_no_098-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_-_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_-_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1475/indicacao_-_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1476/indicacao_-_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao_-_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao_-_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao_-_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao_-_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_-_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao_-_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_-_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_-_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao_-_no_111-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao_-_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_-_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_-_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1513/indicacao_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1514/indicacao_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao_no_014-_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1538/indicacao_no_015-_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1539/indicacao_no_016-_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_no_017-_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1541/indicacao_no_018-_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1542/indicacao_no_019-_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1543/indicacao_no_020-_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1545/indicacao_no_022-_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1546/indicacao_no_023-_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1547/indicacao_no_024-_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1548/indicacao_no_025-_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao_-_no__022-2021...pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao_-_no__023-2021...pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao_-_no__024-2021...pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao_-_no__025-2021...pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao_-_no__026-2021...pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_-_no__027-2021...pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_-_no__028-2021...pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_-_no__029-2021...pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao_-_no__030-2021...pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao_-_no__031-2021...pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_-_no__032-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1573/indicacao_-_no__033-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_-_no__034.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1575/indicacao_-_no__035.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1580/indicacao_-_no__036-2021..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1581/indicacao_-_no__037-2021..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_no_27-2021...pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1586/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1587/indicacao_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1592/indicacao_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao_no_026-_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_no_027-_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao_no_028-_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao_no_029-_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao_-_no__038-2021..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_-_no__039-2021..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1600/indicacao_no_030-2021..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_no_031-2021..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_no_032-2021..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_no_033-2021..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_no_034-2021..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_no_035-2021..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao_no_036-2021..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao_no_037-2021..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_no_001-_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_no_002-_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1181/mocao_de_aplauso_-_vereador__benedito_aurelio_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1196/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1197/mocao_de_aplauso_-_ver._fabio_de_oliveira_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1199/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_001.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1200/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_002.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1201/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_003.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1202/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_004.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1203/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_005.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1204/mocao_de_pesar_-_vereador__marcio_fernandes_-_2021_-_006.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1515/mocao_de_aplausos_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1516/mocao_de_aplausos_no_003-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1517/mocao_de_aplausos_no_004-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1518/mocao_de_aplausos_no_005-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1519/mocao_de_aplausos_no_006-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1520/mocao_de_aplausos_no_007-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_de_aplausos_no_008-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1522/mocao_de_aplausos_no_009-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1523/mocao_de_aplausos_no_010-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1524/mocao_de_aplausos_no_011-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1525/mocao_de_aplausos_no_012-2021_-_copia.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1526/mocao_de_aplausos_no_013-2021_-_.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1549/mocao_de_aplausos_no_001-__2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1576/mocao_de_aplauso_no_01-2021..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1577/mocao_de_aplauso_no_02-2021..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1578/mocao_de_aplauso_no_03-2021..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1579/mocao_de_aplauso_no_04-2021..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1527/mocao_de_pesar_benedito_aurelio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1528/mocao_de_pesar_benedito_aurelio_002-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1529/mocao_de_pesar_benedito_aurelio_003-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1530/mocao_de_pesar_benedito_aurelio_004-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1531/mocao_de_pesar_benedito_aurelio_005-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1532/mocao_de_pesar_benedito_aurelio_006-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1234/projeto_de_lei_-_001.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1550/projeto_de_lei_no_001-2021_-_vereador_dudu_-_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1493/requerimento_no_001-2021..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1535/requerimento_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_-no_001-__2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_-no_002-__2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_-no_003-__2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_-no_004-__2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_-no_005-__2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_-no_006-__2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_-no_007-__2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_-no_008-__2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1559/requerimento_-no_009-__2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1560/requerimento_-no_010-__2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pocone.mt.leg.br/media/sapl/public/materialegislativa/2021/1561/requerimento_-no_011-__2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>