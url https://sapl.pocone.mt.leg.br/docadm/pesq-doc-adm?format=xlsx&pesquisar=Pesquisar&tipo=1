--- v0 (2025-12-10)
+++ v1 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="49">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -378,50 +378,61 @@
 _x000D_
                             A MESA DIRETORA DA CÂMARA MUNICIPAL DE POCONÉ, ESTADO DE MATO GROSSO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, QUE LHE SÃO ATRIBUIDAS PELA LEI,_x000D_
 _x000D_
                                DECRETA:_x000D_
 _x000D_
 _x000D_
 Art. 1º Luto Oficial de 02 (dois) dias, a partir da data de hoje 30 de dezembro de 2024, na Câmara Municipal de Poconé-MT, por motivo do falecimento da Ex-Vereadora Senhora Ornella Rosário Proença Moraes Falcão, no dia 29 do corrente mês._x000D_
 _x000D_
 Art. 2º Este Decreto entra em vigor na data de sua publicação._x000D_
 _x000D_
 _x000D_
 Art. 3º Revogam-se as disposições em contrário._x000D_
 _x000D_
 _x000D_
 REGISTRADA – PUBLICADA – CUMPRA-SE_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Câmara Municipal de Poconé/MT., 30 de dezembro de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Itamar Lourenço da Silva_x000D_
 Presidente</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO Nº 001/2025._x000D_
+_x000D_
+ESTABELECE RECESSO FINAL DE ANO NO ÂMBITO DA CÂMARA MUNICIPAL DE POCONÉ-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -713,51 +724,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1025,50 +1036,70 @@
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>