--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="54">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -389,50 +389,134 @@
 Art. 3º Revogam-se as disposições em contrário._x000D_
 _x000D_
 _x000D_
 REGISTRADA – PUBLICADA – CUMPRA-SE_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Câmara Municipal de Poconé/MT., 30 de dezembro de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 Vereador Itamar Lourenço da Silva_x000D_
 Presidente</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº 001/2025._x000D_
 _x000D_
 ESTABELECE RECESSO FINAL DE ANO NO ÂMBITO DA CÂMARA MUNICIPAL DE POCONÉ-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO Nº 001/2026._x000D_
+_x000D_
+DISPÕE SOBRE A SUSPENSÃO TEMPORÁRIA DO EXPEDIENTE PRESENCIA E ATENDIMENTO AO PÚBLICO NAS DEPENDÊNCIAS DO PRÉDIO DO PODER LEGISLATIVO, EM RAZÃO DE OBRAS MANUTENÇÃO E PINTURA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+_x000D_
+Considerando a necessidade de realizar obras de pinturas, manutenção nas instalações físicas do prédio da Câmara Municipal;_x000D_
+_x000D_
+Considerando que execução das referidas obras são necessárias e visa a melhoria da infraestrutura, segurança e acessibilidade para Vereadores, Servidores e Cidadãos;_x000D_
+_x000D_
+Considerando que a realização dos serviços exige, por segurança, a interdição temporária do local._x000D_
+_x000D_
+O PRESIDENTE DA CÂMARA MUNICIPAL DE POCONÉ, ESTADO DE MATO GROSSO, VEREADOR ANTONIO EDSON DE ARRUDA SOUZA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, QUE LHE SÃO ATRIBUIDAS PELA LEI._x000D_
+DECRETA:_x000D_
+_x000D_
+Art. 1º Fica suspenso o expediente presencial e o atendimento ao público no prédio da Câmara Municipal de Poconé-MT, no dia 26 de janeiro de 2026 (segunda-feira). _x000D_
+_x000D_
+§ 1º A suspensão abrange todos os setores administrativos._x000D_
+_x000D_
+§ 2º O prazo de suspensão estabelecido no caput poderá ser prorrogado casos as obras necessitem de mais tempo para conclusão, o que será comunicado via novo decreto._x000D_
+_x000D_
+Art. 2º Os prazos administrativos e processos em tramitação no órgão ficam suspensos durante o período de que trata o art. 1º, retornando a contagem no primeiro dia útil subsequente ao término da suspensão. _x000D_
+_x000D_
+Art. 3º Os casos omissos serão resolvidos pela Secretaria Geral da Casa Legislativa. _x000D_
+_x000D_
+Art. 4º Este Decreto entra em vigor na data de sua publicação;_x000D_
+_x000D_
+REGISTRADA – PUBLICADA – CUMPRA-SE._x000D_
+_x000D_
+_x000D_
+_x000D_
+Câmara Municipal de Poconé/MT., 23 de janeiro de 2026._x000D_
+_x000D_
+_x000D_
+_x000D_
+_x000D_
+Vereador Antônio Edson de Arruda Souza_x000D_
+Presidente</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO Nº 002/2026._x000D_
+_x000D_
+DISPÕE SOBRE A SUSPENSÃO TEMPORÁRIA DO EXPEDIENTE PRESENCIA E ATENDIMENTO AO PÚBLICO NAS DEPENDÊNCIAS DO PRÉDIO DO PODER LEGISLATIVO, EM RAZÃO DE OBRAS MANUTENÇÃO E PINTURA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+_x000D_
+Considerando o prazo de 01 dia de suspensão de expediente de que trata o art. 1º do Decreto Legislativo nº 001/2026, de 23 de janeiro de 2026, não ter sido suficiente para conclusão das obras visando a melhoria das condições de segurança, higiene e salubridade dos usuários e servidores;_x000D_
+_x000D_
+Considerando que a continuidade das obras requer, por razões de segurança;_x000D_
+_x000D_
+Considerando que a empresa responsável solicitou a prorrogação por mais 01 dia para conclusão final dos serviços dos serviços._x000D_
+_x000D_
+O PRESIDENTE DA CÂMARA MUNICIPAL DE POCONÉ, ESTADO DE MATO GROSSO, VEREADOR ANTONIO EDSON DE ARRUDA SOUZA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, QUE LHE SÃO ATRIBUIDAS PELA LEI._x000D_
+DECRETA:_x000D_
+_x000D_
+Art. 1º Fica suspenso o expediente presencial e o atendimento ao público no prédio da Câmara Municipal de Poconé-MT, no dia 27 de janeiro de 2026 (terça-feira), em caráter de exclusividade para conclusão de obras de melhorias._x000D_
+Parágrafo único. A suspensão abrange todos os setores administrativos._x000D_
+_x000D_
+Art. 2º Os prazos administrativos e processos em tramitação no órgão ficam suspensos durante o período de que trata o art. 1º, retornando a contagem no primeiro dia útil subsequente ao término da suspensão. _x000D_
+_x000D_
+Art. 3º Os casos omissos serão resolvidos pela Secretaria Geral da Casa Legislativa. _x000D_
+_x000D_
+Art. 4º Este Decreto entra em vigor na data de sua publicação;_x000D_
+_x000D_
+_x000D_
+_x000D_
+REGISTRADA – PUBLICADA – CUMPRA-SE._x000D_
+_x000D_
+_x000D_
+_x000D_
+Câmara Municipal de Poconé/MT., 26 de janeiro de 2026._x000D_
+_x000D_
+_x000D_
+_x000D_
+_x000D_
+Vereador Antônio Edson de Arruda Souza_x000D_
+Presidente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -724,51 +808,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1056,50 +1140,90 @@
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>